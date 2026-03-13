--- v0 (2026-01-12)
+++ v1 (2026-03-13)
@@ -9,83 +9,83 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nhswales365-my.sharepoint.com/personal/samantha_bright2_wales_nhs_uk/Documents/attachment/Final PNA/Final PNA/Post Consultation final PNA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="29" documentId="8_{270CB23C-E43F-4E10-B751-DE4E5C3E9647}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6B5157D9-6FD9-4388-9E92-CC60BF02015B}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="8_{31633753-12E7-40B4-8F6C-0001ECAEE787}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A1CBA213-FC13-4241-BEB8-C9AA58AD1661}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$BF$126</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3338" uniqueCount="548">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3347" uniqueCount="548">
   <si>
     <t>PNA locality</t>
   </si>
   <si>
     <t>Contractor</t>
   </si>
   <si>
     <t>Trading as</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t xml:space="preserve">Core Mon from </t>
   </si>
   <si>
     <t xml:space="preserve">Core Mon to </t>
   </si>
   <si>
     <t>Lunch</t>
   </si>
   <si>
@@ -2121,53 +2121,53 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:BF126"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="AK1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="AW7" sqref="AW7"/>
+    <sheetView tabSelected="1" topLeftCell="AM1" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A66" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="AR74" sqref="AR74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.54296875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.81640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="30.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="33.81640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.7265625" customWidth="1"/>
     <col min="6" max="6" width="18.453125" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="14.1796875" customWidth="1"/>
     <col min="9" max="9" width="11.1796875" customWidth="1"/>
     <col min="10" max="10" width="10.54296875" customWidth="1"/>
     <col min="11" max="11" width="9.7265625" customWidth="1"/>
     <col min="12" max="12" width="14.1796875" customWidth="1"/>
     <col min="13" max="13" width="9.1796875" customWidth="1"/>
     <col min="14" max="14" width="8.7265625" customWidth="1"/>
     <col min="15" max="15" width="14" customWidth="1"/>
     <col min="16" max="16" width="11.26953125" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
     <col min="18" max="18" width="13.08984375" customWidth="1"/>
     <col min="19" max="19" width="9.453125" customWidth="1"/>
     <col min="20" max="20" width="9.7265625" customWidth="1"/>
     <col min="21" max="21" width="14.36328125" customWidth="1"/>
@@ -9952,147 +9952,157 @@
       <c r="B51" t="s">
         <v>228</v>
       </c>
       <c r="C51" t="s">
         <v>229</v>
       </c>
       <c r="D51" t="s">
         <v>230</v>
       </c>
       <c r="E51" t="s">
         <v>231</v>
       </c>
       <c r="F51" t="s">
         <v>186</v>
       </c>
       <c r="I51" t="s">
         <v>232</v>
       </c>
       <c r="J51" s="2">
         <v>0.375</v>
       </c>
       <c r="K51" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="M51" s="2">
         <v>0.375</v>
       </c>
       <c r="N51" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="P51" s="2">
         <v>0.375</v>
       </c>
       <c r="Q51" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="S51" s="2">
         <v>0.375</v>
       </c>
       <c r="T51" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="U51" s="3" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="V51" s="2">
         <v>0.375</v>
       </c>
       <c r="W51" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="X51" s="3" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>0.5</v>
+        <v>78</v>
+      </c>
+      <c r="Y51" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z51" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="AA51" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AB51" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AC51" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AD51" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AE51" s="3"/>
       <c r="AF51" s="2">
         <v>0.375</v>
       </c>
       <c r="AG51" s="2">
         <v>0.75</v>
       </c>
-      <c r="AH51" s="3"/>
+      <c r="AH51" s="3" t="s">
+        <v>78</v>
+      </c>
       <c r="AI51" s="2">
         <v>0.375</v>
       </c>
       <c r="AJ51" s="2">
         <v>0.75</v>
       </c>
-      <c r="AK51" s="3"/>
+      <c r="AK51" s="3" t="s">
+        <v>78</v>
+      </c>
       <c r="AL51" s="2">
         <v>0.375</v>
       </c>
       <c r="AM51" s="2">
         <v>0.75</v>
       </c>
-      <c r="AN51" s="3"/>
+      <c r="AN51" s="3" t="s">
+        <v>78</v>
+      </c>
       <c r="AO51" s="2">
         <v>0.375</v>
       </c>
       <c r="AP51" s="2">
         <v>0.75</v>
       </c>
-      <c r="AQ51" s="3"/>
+      <c r="AQ51" s="3" t="s">
+        <v>78</v>
+      </c>
       <c r="AR51" s="2">
         <v>0.375</v>
       </c>
       <c r="AS51" s="2">
         <v>0.75</v>
       </c>
-      <c r="AT51" s="3"/>
-[...4 lines deleted...]
-        <v>0.5</v>
+      <c r="AT51" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU51" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="AV51" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="AW51" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AX51" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AY51" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AZ51" s="3" t="s">
         <v>43</v>
       </c>
       <c r="BA51" s="3"/>
       <c r="BB51" s="3"/>
       <c r="BC51" s="3"/>
       <c r="BD51" s="3"/>
       <c r="BE51" s="3"/>
       <c r="BF51" s="3"/>
     </row>
     <row r="52" spans="1:58" x14ac:dyDescent="0.35">
       <c r="A52" t="s">
         <v>206</v>
       </c>
       <c r="B52" t="s">
@@ -13535,87 +13545,87 @@
         <v>0.72916666666666663</v>
       </c>
       <c r="X74" s="3" t="s">
         <v>83</v>
       </c>
       <c r="Y74" s="2">
         <v>0.39583333333333331</v>
       </c>
       <c r="Z74" s="2">
         <v>0.5</v>
       </c>
       <c r="AA74" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AB74" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AC74" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AD74" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AE74" s="3"/>
       <c r="AF74" s="2">
-        <v>0.36458333333333331</v>
+        <v>0.375</v>
       </c>
       <c r="AG74" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="AH74" s="3" t="s">
         <v>83</v>
       </c>
       <c r="AI74" s="2">
-        <v>0.36458333333333331</v>
+        <v>0.375</v>
       </c>
       <c r="AJ74" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="AK74" s="3" t="s">
         <v>83</v>
       </c>
       <c r="AL74" s="2">
-        <v>0.36458333333333331</v>
+        <v>0.375</v>
       </c>
       <c r="AM74" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="AN74" s="3" t="s">
         <v>83</v>
       </c>
       <c r="AO74" s="2">
-        <v>0.36458333333333331</v>
+        <v>0.375</v>
       </c>
       <c r="AP74" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="AQ74" s="3" t="s">
         <v>83</v>
       </c>
       <c r="AR74" s="2">
-        <v>0.36458333333333331</v>
+        <v>0.375</v>
       </c>
       <c r="AS74" s="2">
         <v>0.72916666666666663</v>
       </c>
       <c r="AT74" s="3" t="s">
         <v>83</v>
       </c>
       <c r="AU74" s="2">
         <v>0.375</v>
       </c>
       <c r="AV74" s="2">
         <v>0.54166666666666663</v>
       </c>
       <c r="AW74" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AX74" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AY74" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AZ74" s="3" t="s">
         <v>43</v>
       </c>
@@ -21634,52 +21644,52 @@
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011206173583AC04F84297E109725D0AB" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c50718b29b89c550b7296bedb97d00eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c77926f6-2acc-4ae9-a524-6f86b1b56ab1" xmlns:ns3="ad647b8f-8239-4126-8166-9dee6ee1e4e3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ae119ab2828c3bb3017cb36aac3d86d" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011206173583AC04F84297E109725D0AB" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d67b3ea0ee30cafa0f6dcee79b718dce">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c77926f6-2acc-4ae9-a524-6f86b1b56ab1" xmlns:ns3="ad647b8f-8239-4126-8166-9dee6ee1e4e3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="244ac8411882886094bee565c31d82b8" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c77926f6-2acc-4ae9-a524-6f86b1b56ab1"/>
     <xsd:import namespace="ad647b8f-8239-4126-8166-9dee6ee1e4e3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -21933,51 +21943,51 @@
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ad647b8f-8239-4126-8166-9dee6ee1e4e3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c77926f6-2acc-4ae9-a524-6f86b1b56ab1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFE52F0F-A9D1-4828-87D1-A13A12F6997F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27B57C9F-A4B9-4D15-9BF8-57CF238ABD83}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD13EE90-EF28-45CD-9B3C-B824B7959A97}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEA14D97-5F32-4AC0-BB22-BBB4C60212B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="26184972-738d-4e49-94b4-745422b38193"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="17dd5dac-f3f5-452c-9cce-23f64fc3410a"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>