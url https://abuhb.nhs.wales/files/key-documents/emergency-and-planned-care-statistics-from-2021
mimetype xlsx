--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -13,51 +13,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nhswales365.sharepoint.com/sites/ABB_CommunicationandEngagement_Team/Intranet  Website/How are we doing/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="355" documentId="14_{44C1D556-D2E6-43FE-992A-07C0A0FD32A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D6004D91-A4CA-458B-A0FF-7C9F6AAEFD97}"/>
+  <xr:revisionPtr revIDLastSave="384" documentId="14_{44C1D556-D2E6-43FE-992A-07C0A0FD32A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9A058697-E9CE-4CCC-8746-F28A46824A00}"/>
   <bookViews>
     <workbookView xWindow="20370" yWindow="-1560" windowWidth="29040" windowHeight="16440" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2021" sheetId="7" r:id="rId1"/>
     <sheet name="2022" sheetId="8" r:id="rId2"/>
     <sheet name="2023" sheetId="9" r:id="rId3"/>
     <sheet name="2024" sheetId="10" r:id="rId4"/>
     <sheet name="2025" sheetId="11" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
@@ -8338,52 +8338,52 @@
       <c r="AX16" s="22"/>
       <c r="AY16" s="22"/>
       <c r="AZ16" s="22"/>
       <c r="BA16" s="22"/>
     </row>
     <row r="19" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE19"/>
     </row>
     <row r="20" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE20"/>
     </row>
     <row r="21" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE21"/>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{22858D84-3CC6-4949-9FDD-25AF4C7097D8}">
   <dimension ref="A1:BU21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" topLeftCell="AT1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="AW10" sqref="AW10"/>
+      <pane xSplit="1" topLeftCell="AV1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="81.42578125" style="1" customWidth="1"/>
     <col min="2" max="53" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="54" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="2" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="18"/>
       <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>2</v>
       </c>
@@ -8882,52 +8882,56 @@
       </c>
       <c r="AP6" s="22">
         <v>4052</v>
       </c>
       <c r="AQ6" s="22">
         <v>3848</v>
       </c>
       <c r="AR6" s="22">
         <v>3628</v>
       </c>
       <c r="AS6" s="22">
         <v>3377</v>
       </c>
       <c r="AT6" s="22">
         <v>3573</v>
       </c>
       <c r="AU6" s="22">
         <v>3518</v>
       </c>
       <c r="AV6" s="22">
         <v>3384</v>
       </c>
       <c r="AW6" s="22">
         <v>3481</v>
       </c>
-      <c r="AX6" s="22"/>
-      <c r="AY6" s="22"/>
+      <c r="AX6" s="22">
+        <v>3444</v>
+      </c>
+      <c r="AY6" s="22">
+        <v>3633</v>
+      </c>
       <c r="AZ6" s="22"/>
       <c r="BA6" s="22"/>
     </row>
     <row r="7" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="16" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="22">
         <v>142</v>
       </c>
       <c r="C7" s="22">
         <v>163</v>
       </c>
       <c r="D7" s="22">
         <v>108</v>
       </c>
       <c r="E7" s="22">
         <v>108</v>
       </c>
       <c r="F7" s="22">
         <v>136</v>
       </c>
       <c r="G7" s="22">
         <v>131</v>
       </c>
@@ -9035,52 +9039,56 @@
       </c>
       <c r="AP7" s="22">
         <v>139</v>
       </c>
       <c r="AQ7" s="22">
         <v>132</v>
       </c>
       <c r="AR7" s="22">
         <v>117</v>
       </c>
       <c r="AS7" s="22">
         <v>126</v>
       </c>
       <c r="AT7" s="22">
         <v>119</v>
       </c>
       <c r="AU7" s="22">
         <v>145</v>
       </c>
       <c r="AV7" s="22">
         <v>145</v>
       </c>
       <c r="AW7" s="22">
         <v>142</v>
       </c>
-      <c r="AX7" s="22"/>
-      <c r="AY7" s="22"/>
+      <c r="AX7" s="22">
+        <v>140</v>
+      </c>
+      <c r="AY7" s="22">
+        <v>150</v>
+      </c>
       <c r="AZ7" s="22"/>
       <c r="BA7" s="22"/>
     </row>
     <row r="8" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="16" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="23">
         <v>0.73050000000000004</v>
       </c>
       <c r="C8" s="23">
         <v>0.72160000000000002</v>
       </c>
       <c r="D8" s="23">
         <v>0.78239999999999998</v>
       </c>
       <c r="E8" s="23">
         <v>0.78390000000000004</v>
       </c>
       <c r="F8" s="23">
         <v>0.76380000000000003</v>
       </c>
       <c r="G8" s="23">
         <v>0.7702</v>
       </c>
@@ -9188,52 +9196,56 @@
       </c>
       <c r="AP8" s="23">
         <v>0.76160000000000005</v>
       </c>
       <c r="AQ8" s="23">
         <v>0.77180000000000004</v>
       </c>
       <c r="AR8" s="23">
         <v>0.78059999999999996</v>
       </c>
       <c r="AS8" s="23">
         <v>0.78029999999999999</v>
       </c>
       <c r="AT8" s="23">
         <v>0.76429999999999998</v>
       </c>
       <c r="AU8" s="23">
         <v>0.72140000000000004</v>
       </c>
       <c r="AV8" s="23">
         <v>0.75060000000000004</v>
       </c>
       <c r="AW8" s="23">
         <v>0.7288</v>
       </c>
-      <c r="AX8" s="23"/>
-      <c r="AY8" s="23"/>
+      <c r="AX8" s="23">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="AY8" s="23">
+        <v>0.71919999999999995</v>
+      </c>
       <c r="AZ8" s="23"/>
       <c r="BA8" s="23"/>
     </row>
     <row r="9" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="17" t="s">
         <v>58</v>
       </c>
       <c r="B9" s="24">
         <v>240</v>
       </c>
       <c r="C9" s="24">
         <v>242</v>
       </c>
       <c r="D9" s="24">
         <v>248</v>
       </c>
       <c r="E9" s="24">
         <v>252</v>
       </c>
       <c r="F9" s="24">
         <v>239</v>
       </c>
       <c r="G9" s="24">
         <v>265</v>
       </c>
@@ -9341,52 +9353,56 @@
       </c>
       <c r="AP9" s="24">
         <v>347</v>
       </c>
       <c r="AQ9" s="24">
         <v>336</v>
       </c>
       <c r="AR9" s="24">
         <v>308</v>
       </c>
       <c r="AS9" s="24">
         <v>276</v>
       </c>
       <c r="AT9" s="24">
         <v>310</v>
       </c>
       <c r="AU9" s="24">
         <v>333</v>
       </c>
       <c r="AV9" s="24">
         <v>317</v>
       </c>
       <c r="AW9" s="24">
         <v>294</v>
       </c>
-      <c r="AX9" s="24"/>
-      <c r="AY9" s="24"/>
+      <c r="AX9" s="24">
+        <v>276</v>
+      </c>
+      <c r="AY9" s="24">
+        <v>288</v>
+      </c>
       <c r="AZ9" s="24"/>
       <c r="BA9" s="24"/>
     </row>
     <row r="10" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="24">
         <v>71</v>
       </c>
       <c r="C10" s="24">
         <v>61</v>
       </c>
       <c r="D10" s="24">
         <v>100</v>
       </c>
       <c r="E10" s="24">
         <v>77</v>
       </c>
       <c r="F10" s="24">
         <v>58</v>
       </c>
       <c r="G10" s="24">
         <v>78</v>
       </c>
@@ -9494,52 +9510,56 @@
       </c>
       <c r="AP10" s="24">
         <v>195</v>
       </c>
       <c r="AQ10" s="24">
         <v>221</v>
       </c>
       <c r="AR10" s="24">
         <v>155</v>
       </c>
       <c r="AS10" s="24">
         <v>149</v>
       </c>
       <c r="AT10" s="24">
         <v>127</v>
       </c>
       <c r="AU10" s="24">
         <v>137</v>
       </c>
       <c r="AV10" s="24">
         <v>165</v>
       </c>
       <c r="AW10" s="24">
         <v>124</v>
       </c>
-      <c r="AX10" s="24"/>
-      <c r="AY10" s="24"/>
+      <c r="AX10" s="24">
+        <v>92</v>
+      </c>
+      <c r="AY10" s="24">
+        <v>106</v>
+      </c>
       <c r="AZ10" s="24"/>
       <c r="BA10" s="24"/>
     </row>
     <row r="11" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="16"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="22"/>
       <c r="H11" s="22"/>
       <c r="I11" s="22"/>
       <c r="J11" s="22"/>
       <c r="K11" s="22"/>
       <c r="L11" s="22"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="22"/>
       <c r="Q11" s="22"/>
       <c r="R11" s="22"/>
       <c r="S11" s="22"/>
       <c r="T11" s="22"/>
       <c r="U11" s="22"/>
@@ -9751,60 +9771,64 @@
       <c r="AM13" s="22">
         <v>1593</v>
       </c>
       <c r="AN13" s="22">
         <v>1647</v>
       </c>
       <c r="AO13" s="22">
         <v>1485</v>
       </c>
       <c r="AP13" s="22">
         <v>1409</v>
       </c>
       <c r="AQ13" s="22">
         <v>1741</v>
       </c>
       <c r="AR13" s="22">
         <v>1600</v>
       </c>
       <c r="AS13" s="22">
         <v>1572</v>
       </c>
       <c r="AT13" s="22">
         <v>1825</v>
       </c>
       <c r="AU13" s="22">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="AV13" s="22">
-        <v>1795</v>
+        <v>1810</v>
       </c>
       <c r="AW13" s="22">
-        <v>1858</v>
-[...2 lines deleted...]
-      <c r="AY13" s="22"/>
+        <v>1906</v>
+      </c>
+      <c r="AX13" s="22">
+        <v>1874</v>
+      </c>
+      <c r="AY13" s="22">
+        <v>1625</v>
+      </c>
       <c r="AZ13" s="22"/>
       <c r="BA13" s="22"/>
     </row>
     <row r="14" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="16" t="s">
         <v>62</v>
       </c>
       <c r="B14" s="22">
         <v>76</v>
       </c>
       <c r="C14" s="22">
         <v>184</v>
       </c>
       <c r="D14" s="22">
         <v>211</v>
       </c>
       <c r="E14" s="22">
         <v>207</v>
       </c>
       <c r="F14" s="22">
         <v>168</v>
       </c>
       <c r="G14" s="22">
         <v>163</v>
       </c>
@@ -9912,52 +9936,56 @@
       </c>
       <c r="AP14" s="22">
         <v>133</v>
       </c>
       <c r="AQ14" s="22">
         <v>177</v>
       </c>
       <c r="AR14" s="22">
         <v>164</v>
       </c>
       <c r="AS14" s="22">
         <v>174</v>
       </c>
       <c r="AT14" s="22">
         <v>150</v>
       </c>
       <c r="AU14" s="22">
         <v>137</v>
       </c>
       <c r="AV14" s="22">
         <v>176</v>
       </c>
       <c r="AW14" s="22">
         <v>153</v>
       </c>
-      <c r="AX14" s="22"/>
-      <c r="AY14" s="22"/>
+      <c r="AX14" s="22">
+        <v>143</v>
+      </c>
+      <c r="AY14" s="22">
+        <v>142</v>
+      </c>
       <c r="AZ14" s="22"/>
       <c r="BA14" s="22"/>
     </row>
     <row r="15" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="23">
         <v>0.1048</v>
       </c>
       <c r="D15" s="23">
         <v>0.1206</v>
       </c>
       <c r="E15" s="23">
         <v>0.1082</v>
       </c>
       <c r="F15" s="23">
         <v>7.9699999999999993E-2</v>
       </c>
       <c r="G15" s="23">
         <v>8.1600000000000006E-2</v>
       </c>
@@ -10057,60 +10085,64 @@
       <c r="AM15" s="23">
         <v>8.1799999999999998E-2</v>
       </c>
       <c r="AN15" s="23">
         <v>0.11119999999999999</v>
       </c>
       <c r="AO15" s="23">
         <v>0.1285</v>
       </c>
       <c r="AP15" s="23">
         <v>8.6300000000000002E-2</v>
       </c>
       <c r="AQ15" s="23">
         <v>9.2299999999999993E-2</v>
       </c>
       <c r="AR15" s="23">
         <v>9.2999999999999999E-2</v>
       </c>
       <c r="AS15" s="23">
         <v>9.9699999999999997E-2</v>
       </c>
       <c r="AT15" s="23">
         <v>7.5899999999999995E-2</v>
       </c>
       <c r="AU15" s="23">
-        <v>7.8799999999999995E-2</v>
+        <v>7.8700000000000006E-2</v>
       </c>
       <c r="AV15" s="23">
-        <v>8.9300000000000004E-2</v>
+        <v>8.8599999999999998E-2</v>
       </c>
       <c r="AW15" s="23">
-        <v>7.6100000000000001E-2</v>
-[...2 lines deleted...]
-      <c r="AY15" s="23"/>
+        <v>7.4300000000000005E-2</v>
+      </c>
+      <c r="AX15" s="23">
+        <v>7.0900000000000005E-2</v>
+      </c>
+      <c r="AY15" s="23">
+        <v>8.0399999999999999E-2</v>
+      </c>
       <c r="AZ15" s="23"/>
       <c r="BA15" s="23"/>
       <c r="BB15" s="14"/>
       <c r="BC15" s="14"/>
       <c r="BD15" s="14"/>
       <c r="BE15" s="14"/>
       <c r="BF15" s="14"/>
       <c r="BG15" s="14"/>
       <c r="BH15" s="14"/>
       <c r="BI15" s="14"/>
       <c r="BJ15" s="14"/>
       <c r="BK15" s="14"/>
       <c r="BL15" s="14"/>
       <c r="BM15" s="14"/>
       <c r="BN15" s="14"/>
       <c r="BO15" s="14"/>
       <c r="BP15" s="14"/>
       <c r="BQ15" s="14"/>
       <c r="BR15" s="14"/>
       <c r="BS15" s="14"/>
       <c r="BT15" s="14"/>
       <c r="BU15" s="14"/>
     </row>
     <row r="16" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="16"/>