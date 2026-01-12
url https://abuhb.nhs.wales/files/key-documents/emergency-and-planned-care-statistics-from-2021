--- v1 (2025-12-20)
+++ v2 (2026-01-12)
@@ -1,93 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nhswales365.sharepoint.com/sites/ABB_CommunicationandEngagement_Team/Intranet  Website/How are we doing/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="384" documentId="14_{44C1D556-D2E6-43FE-992A-07C0A0FD32A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9A058697-E9CE-4CCC-8746-F28A46824A00}"/>
+  <xr:revisionPtr revIDLastSave="412" documentId="14_{44C1D556-D2E6-43FE-992A-07C0A0FD32A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{281F0840-3D3E-469A-A0EB-7F7520E2238E}"/>
   <bookViews>
-    <workbookView xWindow="20370" yWindow="-1560" windowWidth="29040" windowHeight="16440" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="20370" yWindow="-1560" windowWidth="29040" windowHeight="16440" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2021" sheetId="7" r:id="rId1"/>
     <sheet name="2022" sheetId="8" r:id="rId2"/>
     <sheet name="2023" sheetId="9" r:id="rId3"/>
     <sheet name="2024" sheetId="10" r:id="rId4"/>
     <sheet name="2025" sheetId="11" r:id="rId5"/>
+    <sheet name="2026" sheetId="12" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="321" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="385" uniqueCount="70">
   <si>
     <t>Emergency and Planned Care Statistics 2021</t>
   </si>
   <si>
     <t>Week 1</t>
   </si>
   <si>
     <t>Week 2</t>
   </si>
   <si>
     <t>Week 3</t>
   </si>
   <si>
     <t>Week 4</t>
   </si>
   <si>
     <t>Week 5</t>
   </si>
   <si>
     <t>Week 6</t>
   </si>
   <si>
     <t>Week 7</t>
   </si>
   <si>
@@ -251,50 +253,53 @@
   </si>
   <si>
     <t>Average number of planned procedures every week</t>
   </si>
   <si>
     <t>Number of procedures postponed due to hospital reason (not patient)</t>
   </si>
   <si>
     <t>Percentage of overall procedures postponed by the hospital</t>
   </si>
   <si>
     <t>Emergency and Planned Care Statistics 2022</t>
   </si>
   <si>
     <t>Emergency and Planned Care Statistics 2023</t>
   </si>
   <si>
     <t>Emergency and Planned Care Statistics 2024</t>
   </si>
   <si>
     <t>Emergency and Planned Care Statistics 2025</t>
   </si>
   <si>
     <t>7.457.21%</t>
   </si>
+  <si>
+    <t>Emergency and Planned Care Statistics 2026</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
@@ -438,51 +443,51 @@
     </xf>
     <xf numFmtId="14" fontId="1" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="1" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8337,53 +8342,53 @@
       <c r="AW16" s="22"/>
       <c r="AX16" s="22"/>
       <c r="AY16" s="22"/>
       <c r="AZ16" s="22"/>
       <c r="BA16" s="22"/>
     </row>
     <row r="19" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE19"/>
     </row>
     <row r="20" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE20"/>
     </row>
     <row r="21" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE21"/>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{22858D84-3CC6-4949-9FDD-25AF4C7097D8}">
   <dimension ref="A1:BU21"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="topRight"/>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" topLeftCell="AY1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="BA11" sqref="BA11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="81.42578125" style="1" customWidth="1"/>
     <col min="2" max="53" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="54" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="2" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="18"/>
       <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>2</v>
       </c>
@@ -8888,52 +8893,56 @@
       </c>
       <c r="AR6" s="22">
         <v>3628</v>
       </c>
       <c r="AS6" s="22">
         <v>3377</v>
       </c>
       <c r="AT6" s="22">
         <v>3573</v>
       </c>
       <c r="AU6" s="22">
         <v>3518</v>
       </c>
       <c r="AV6" s="22">
         <v>3384</v>
       </c>
       <c r="AW6" s="22">
         <v>3481</v>
       </c>
       <c r="AX6" s="22">
         <v>3444</v>
       </c>
       <c r="AY6" s="22">
         <v>3633</v>
       </c>
-      <c r="AZ6" s="22"/>
-      <c r="BA6" s="22"/>
+      <c r="AZ6" s="22">
+        <v>3300</v>
+      </c>
+      <c r="BA6" s="22">
+        <v>2916</v>
+      </c>
     </row>
     <row r="7" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="16" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="22">
         <v>142</v>
       </c>
       <c r="C7" s="22">
         <v>163</v>
       </c>
       <c r="D7" s="22">
         <v>108</v>
       </c>
       <c r="E7" s="22">
         <v>108</v>
       </c>
       <c r="F7" s="22">
         <v>136</v>
       </c>
       <c r="G7" s="22">
         <v>131</v>
       </c>
       <c r="H7" s="22">
         <v>128</v>
@@ -9045,52 +9054,56 @@
       </c>
       <c r="AR7" s="22">
         <v>117</v>
       </c>
       <c r="AS7" s="22">
         <v>126</v>
       </c>
       <c r="AT7" s="22">
         <v>119</v>
       </c>
       <c r="AU7" s="22">
         <v>145</v>
       </c>
       <c r="AV7" s="22">
         <v>145</v>
       </c>
       <c r="AW7" s="22">
         <v>142</v>
       </c>
       <c r="AX7" s="22">
         <v>140</v>
       </c>
       <c r="AY7" s="22">
         <v>150</v>
       </c>
-      <c r="AZ7" s="22"/>
-      <c r="BA7" s="22"/>
+      <c r="AZ7" s="22">
+        <v>128</v>
+      </c>
+      <c r="BA7" s="22">
+        <v>127</v>
+      </c>
     </row>
     <row r="8" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="16" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="23">
         <v>0.73050000000000004</v>
       </c>
       <c r="C8" s="23">
         <v>0.72160000000000002</v>
       </c>
       <c r="D8" s="23">
         <v>0.78239999999999998</v>
       </c>
       <c r="E8" s="23">
         <v>0.78390000000000004</v>
       </c>
       <c r="F8" s="23">
         <v>0.76380000000000003</v>
       </c>
       <c r="G8" s="23">
         <v>0.7702</v>
       </c>
       <c r="H8" s="23">
         <v>0.76770000000000005</v>
@@ -9202,52 +9215,56 @@
       </c>
       <c r="AR8" s="23">
         <v>0.78059999999999996</v>
       </c>
       <c r="AS8" s="23">
         <v>0.78029999999999999</v>
       </c>
       <c r="AT8" s="23">
         <v>0.76429999999999998</v>
       </c>
       <c r="AU8" s="23">
         <v>0.72140000000000004</v>
       </c>
       <c r="AV8" s="23">
         <v>0.75060000000000004</v>
       </c>
       <c r="AW8" s="23">
         <v>0.7288</v>
       </c>
       <c r="AX8" s="23">
         <v>0.73199999999999998</v>
       </c>
       <c r="AY8" s="23">
         <v>0.71919999999999995</v>
       </c>
-      <c r="AZ8" s="23"/>
-      <c r="BA8" s="23"/>
+      <c r="AZ8" s="23">
+        <v>0.73939999999999995</v>
+      </c>
+      <c r="BA8" s="23">
+        <v>0.73419999999999996</v>
+      </c>
     </row>
     <row r="9" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="17" t="s">
         <v>58</v>
       </c>
       <c r="B9" s="24">
         <v>240</v>
       </c>
       <c r="C9" s="24">
         <v>242</v>
       </c>
       <c r="D9" s="24">
         <v>248</v>
       </c>
       <c r="E9" s="24">
         <v>252</v>
       </c>
       <c r="F9" s="24">
         <v>239</v>
       </c>
       <c r="G9" s="24">
         <v>265</v>
       </c>
       <c r="H9" s="24">
         <v>285</v>
@@ -9359,52 +9376,56 @@
       </c>
       <c r="AR9" s="24">
         <v>308</v>
       </c>
       <c r="AS9" s="24">
         <v>276</v>
       </c>
       <c r="AT9" s="24">
         <v>310</v>
       </c>
       <c r="AU9" s="24">
         <v>333</v>
       </c>
       <c r="AV9" s="24">
         <v>317</v>
       </c>
       <c r="AW9" s="24">
         <v>294</v>
       </c>
       <c r="AX9" s="24">
         <v>276</v>
       </c>
       <c r="AY9" s="24">
         <v>288</v>
       </c>
-      <c r="AZ9" s="24"/>
-      <c r="BA9" s="24"/>
+      <c r="AZ9" s="24">
+        <v>324</v>
+      </c>
+      <c r="BA9" s="24">
+        <v>309</v>
+      </c>
     </row>
     <row r="10" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="24">
         <v>71</v>
       </c>
       <c r="C10" s="24">
         <v>61</v>
       </c>
       <c r="D10" s="24">
         <v>100</v>
       </c>
       <c r="E10" s="24">
         <v>77</v>
       </c>
       <c r="F10" s="24">
         <v>58</v>
       </c>
       <c r="G10" s="24">
         <v>78</v>
       </c>
       <c r="H10" s="24">
         <v>69</v>
@@ -9516,52 +9537,56 @@
       </c>
       <c r="AR10" s="24">
         <v>155</v>
       </c>
       <c r="AS10" s="24">
         <v>149</v>
       </c>
       <c r="AT10" s="24">
         <v>127</v>
       </c>
       <c r="AU10" s="24">
         <v>137</v>
       </c>
       <c r="AV10" s="24">
         <v>165</v>
       </c>
       <c r="AW10" s="24">
         <v>124</v>
       </c>
       <c r="AX10" s="24">
         <v>92</v>
       </c>
       <c r="AY10" s="24">
         <v>106</v>
       </c>
-      <c r="AZ10" s="24"/>
-      <c r="BA10" s="24"/>
+      <c r="AZ10" s="24">
+        <v>135</v>
+      </c>
+      <c r="BA10" s="24">
+        <v>135</v>
+      </c>
     </row>
     <row r="11" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="16"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="22"/>
       <c r="H11" s="22"/>
       <c r="I11" s="22"/>
       <c r="J11" s="22"/>
       <c r="K11" s="22"/>
       <c r="L11" s="22"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="22"/>
       <c r="Q11" s="22"/>
       <c r="R11" s="22"/>
       <c r="S11" s="22"/>
       <c r="T11" s="22"/>
       <c r="U11" s="22"/>
       <c r="V11" s="22"/>
       <c r="W11" s="22"/>
@@ -9783,54 +9808,58 @@
       <c r="AQ13" s="22">
         <v>1741</v>
       </c>
       <c r="AR13" s="22">
         <v>1600</v>
       </c>
       <c r="AS13" s="22">
         <v>1572</v>
       </c>
       <c r="AT13" s="22">
         <v>1825</v>
       </c>
       <c r="AU13" s="22">
         <v>1604</v>
       </c>
       <c r="AV13" s="22">
         <v>1810</v>
       </c>
       <c r="AW13" s="22">
         <v>1906</v>
       </c>
       <c r="AX13" s="22">
         <v>1874</v>
       </c>
       <c r="AY13" s="22">
-        <v>1625</v>
-[...2 lines deleted...]
-      <c r="BA13" s="22"/>
+        <v>1716</v>
+      </c>
+      <c r="AZ13" s="22">
+        <v>1703</v>
+      </c>
+      <c r="BA13" s="22">
+        <v>795</v>
+      </c>
     </row>
     <row r="14" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="16" t="s">
         <v>62</v>
       </c>
       <c r="B14" s="22">
         <v>76</v>
       </c>
       <c r="C14" s="22">
         <v>184</v>
       </c>
       <c r="D14" s="22">
         <v>211</v>
       </c>
       <c r="E14" s="22">
         <v>207</v>
       </c>
       <c r="F14" s="22">
         <v>168</v>
       </c>
       <c r="G14" s="22">
         <v>163</v>
       </c>
       <c r="H14" s="22">
         <v>96</v>
@@ -9942,52 +9971,56 @@
       </c>
       <c r="AR14" s="22">
         <v>164</v>
       </c>
       <c r="AS14" s="22">
         <v>174</v>
       </c>
       <c r="AT14" s="22">
         <v>150</v>
       </c>
       <c r="AU14" s="22">
         <v>137</v>
       </c>
       <c r="AV14" s="22">
         <v>176</v>
       </c>
       <c r="AW14" s="22">
         <v>153</v>
       </c>
       <c r="AX14" s="22">
         <v>143</v>
       </c>
       <c r="AY14" s="22">
         <v>142</v>
       </c>
-      <c r="AZ14" s="22"/>
-      <c r="BA14" s="22"/>
+      <c r="AZ14" s="22">
+        <v>181</v>
+      </c>
+      <c r="BA14" s="22">
+        <v>61</v>
+      </c>
     </row>
     <row r="15" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="23">
         <v>0.1048</v>
       </c>
       <c r="D15" s="23">
         <v>0.1206</v>
       </c>
       <c r="E15" s="23">
         <v>0.1082</v>
       </c>
       <c r="F15" s="23">
         <v>7.9699999999999993E-2</v>
       </c>
       <c r="G15" s="23">
         <v>8.1600000000000006E-2</v>
       </c>
       <c r="H15" s="23">
         <v>5.3499999999999999E-2</v>
@@ -10097,54 +10130,58 @@
       <c r="AQ15" s="23">
         <v>9.2299999999999993E-2</v>
       </c>
       <c r="AR15" s="23">
         <v>9.2999999999999999E-2</v>
       </c>
       <c r="AS15" s="23">
         <v>9.9699999999999997E-2</v>
       </c>
       <c r="AT15" s="23">
         <v>7.5899999999999995E-2</v>
       </c>
       <c r="AU15" s="23">
         <v>7.8700000000000006E-2</v>
       </c>
       <c r="AV15" s="23">
         <v>8.8599999999999998E-2</v>
       </c>
       <c r="AW15" s="23">
         <v>7.4300000000000005E-2</v>
       </c>
       <c r="AX15" s="23">
         <v>7.0900000000000005E-2</v>
       </c>
       <c r="AY15" s="23">
-        <v>8.0399999999999999E-2</v>
-[...2 lines deleted...]
-      <c r="BA15" s="23"/>
+        <v>7.6399999999999996E-2</v>
+      </c>
+      <c r="AZ15" s="23">
+        <v>9.6100000000000005E-2</v>
+      </c>
+      <c r="BA15" s="23">
+        <v>7.3800000000000004E-2</v>
+      </c>
       <c r="BB15" s="14"/>
       <c r="BC15" s="14"/>
       <c r="BD15" s="14"/>
       <c r="BE15" s="14"/>
       <c r="BF15" s="14"/>
       <c r="BG15" s="14"/>
       <c r="BH15" s="14"/>
       <c r="BI15" s="14"/>
       <c r="BJ15" s="14"/>
       <c r="BK15" s="14"/>
       <c r="BL15" s="14"/>
       <c r="BM15" s="14"/>
       <c r="BN15" s="14"/>
       <c r="BO15" s="14"/>
       <c r="BP15" s="14"/>
       <c r="BQ15" s="14"/>
       <c r="BR15" s="14"/>
       <c r="BS15" s="14"/>
       <c r="BT15" s="14"/>
       <c r="BU15" s="14"/>
     </row>
     <row r="16" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="16"/>
       <c r="B16" s="22"/>
       <c r="C16" s="22"/>
@@ -10191,78 +10228,1163 @@
       <c r="AR16" s="22"/>
       <c r="AS16" s="22"/>
       <c r="AT16" s="22"/>
       <c r="AU16" s="22"/>
       <c r="AV16" s="22"/>
       <c r="AW16" s="22"/>
       <c r="AX16" s="22"/>
       <c r="AY16" s="22"/>
       <c r="AZ16" s="22"/>
       <c r="BA16" s="22"/>
     </row>
     <row r="19" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE19"/>
     </row>
     <row r="20" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE20"/>
     </row>
     <row r="21" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE21"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D31FCB4A-6905-4E01-93F4-8AE983A936FE}">
+  <dimension ref="A1:BU19"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A19" sqref="A19:A20"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="81.42578125" style="1" customWidth="1"/>
+    <col min="2" max="53" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="54" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="2"/>
+    </row>
+    <row r="3" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="18"/>
+      <c r="B3" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="G3" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="H3" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="I3" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="J3" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="K3" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="L3" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="M3" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="N3" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="O3" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="P3" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q3" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="R3" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="S3" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="T3" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="U3" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="V3" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="W3" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="X3" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y3" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z3" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA3" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB3" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC3" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD3" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE3" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF3" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG3" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH3" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI3" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ3" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="AK3" s="19" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL3" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM3" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN3" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO3" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP3" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ3" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR3" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS3" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT3" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AU3" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AV3" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="AW3" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AX3" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="AY3" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ3" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="BA3" s="19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="21">
+        <v>46020</v>
+      </c>
+      <c r="C4" s="21">
+        <v>46027</v>
+      </c>
+      <c r="D4" s="21">
+        <v>46034</v>
+      </c>
+      <c r="E4" s="21">
+        <v>46041</v>
+      </c>
+      <c r="F4" s="21">
+        <v>46048</v>
+      </c>
+      <c r="G4" s="21">
+        <v>46055</v>
+      </c>
+      <c r="H4" s="21">
+        <v>46062</v>
+      </c>
+      <c r="I4" s="21">
+        <v>46069</v>
+      </c>
+      <c r="J4" s="21">
+        <v>46076</v>
+      </c>
+      <c r="K4" s="21">
+        <v>46083</v>
+      </c>
+      <c r="L4" s="21">
+        <v>46090</v>
+      </c>
+      <c r="M4" s="21">
+        <v>46097</v>
+      </c>
+      <c r="N4" s="21">
+        <v>46104</v>
+      </c>
+      <c r="O4" s="21">
+        <v>46111</v>
+      </c>
+      <c r="P4" s="21">
+        <v>46118</v>
+      </c>
+      <c r="Q4" s="21">
+        <v>46125</v>
+      </c>
+      <c r="R4" s="21">
+        <v>46132</v>
+      </c>
+      <c r="S4" s="21">
+        <v>46139</v>
+      </c>
+      <c r="T4" s="21">
+        <v>46146</v>
+      </c>
+      <c r="U4" s="21">
+        <v>46153</v>
+      </c>
+      <c r="V4" s="21">
+        <v>46160</v>
+      </c>
+      <c r="W4" s="21">
+        <v>46167</v>
+      </c>
+      <c r="X4" s="21">
+        <v>46174</v>
+      </c>
+      <c r="Y4" s="21">
+        <v>46181</v>
+      </c>
+      <c r="Z4" s="21">
+        <v>46188</v>
+      </c>
+      <c r="AA4" s="21">
+        <v>46195</v>
+      </c>
+      <c r="AB4" s="21">
+        <v>46202</v>
+      </c>
+      <c r="AC4" s="21">
+        <v>46209</v>
+      </c>
+      <c r="AD4" s="21">
+        <v>46216</v>
+      </c>
+      <c r="AE4" s="21">
+        <v>46223</v>
+      </c>
+      <c r="AF4" s="21">
+        <v>46230</v>
+      </c>
+      <c r="AG4" s="21">
+        <v>46237</v>
+      </c>
+      <c r="AH4" s="21">
+        <v>46244</v>
+      </c>
+      <c r="AI4" s="21">
+        <v>46251</v>
+      </c>
+      <c r="AJ4" s="21">
+        <v>46258</v>
+      </c>
+      <c r="AK4" s="21">
+        <v>46265</v>
+      </c>
+      <c r="AL4" s="21">
+        <v>46272</v>
+      </c>
+      <c r="AM4" s="21">
+        <v>46279</v>
+      </c>
+      <c r="AN4" s="21">
+        <v>46286</v>
+      </c>
+      <c r="AO4" s="21">
+        <v>46293</v>
+      </c>
+      <c r="AP4" s="21">
+        <v>46300</v>
+      </c>
+      <c r="AQ4" s="21">
+        <v>46307</v>
+      </c>
+      <c r="AR4" s="21">
+        <v>46314</v>
+      </c>
+      <c r="AS4" s="21">
+        <v>46321</v>
+      </c>
+      <c r="AT4" s="21">
+        <v>46328</v>
+      </c>
+      <c r="AU4" s="21">
+        <v>46335</v>
+      </c>
+      <c r="AV4" s="21">
+        <v>46342</v>
+      </c>
+      <c r="AW4" s="21">
+        <v>46349</v>
+      </c>
+      <c r="AX4" s="21">
+        <v>46356</v>
+      </c>
+      <c r="AY4" s="21">
+        <v>46363</v>
+      </c>
+      <c r="AZ4" s="21">
+        <v>46370</v>
+      </c>
+      <c r="BA4" s="21">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="5" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="22"/>
+      <c r="H5" s="22"/>
+      <c r="I5" s="22"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="22"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="22"/>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="22"/>
+      <c r="S5" s="22"/>
+      <c r="T5" s="22"/>
+      <c r="U5" s="22"/>
+      <c r="V5" s="22"/>
+      <c r="W5" s="22"/>
+      <c r="X5" s="22"/>
+      <c r="Y5" s="22"/>
+      <c r="Z5" s="22"/>
+      <c r="AA5" s="22"/>
+      <c r="AB5" s="22"/>
+      <c r="AC5" s="22"/>
+      <c r="AD5" s="22"/>
+      <c r="AE5" s="22"/>
+      <c r="AF5" s="22"/>
+      <c r="AG5" s="22"/>
+      <c r="AH5" s="22"/>
+      <c r="AI5" s="22"/>
+      <c r="AJ5" s="22"/>
+      <c r="AK5" s="22"/>
+      <c r="AL5" s="22"/>
+      <c r="AM5" s="22"/>
+      <c r="AN5" s="22"/>
+      <c r="AO5" s="22"/>
+      <c r="AP5" s="22"/>
+      <c r="AQ5" s="22"/>
+      <c r="AR5" s="22"/>
+      <c r="AS5" s="22"/>
+      <c r="AT5" s="22"/>
+      <c r="AU5" s="22"/>
+      <c r="AV5" s="22"/>
+      <c r="AW5" s="22"/>
+      <c r="AX5" s="22"/>
+      <c r="AY5" s="22"/>
+      <c r="AZ5" s="22"/>
+      <c r="BA5" s="22"/>
+    </row>
+    <row r="6" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" s="22">
+        <v>3058</v>
+      </c>
+      <c r="C6" s="22"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="22"/>
+      <c r="F6" s="22"/>
+      <c r="G6" s="22"/>
+      <c r="H6" s="22"/>
+      <c r="I6" s="22"/>
+      <c r="J6" s="22"/>
+      <c r="K6" s="22"/>
+      <c r="L6" s="22"/>
+      <c r="M6" s="22"/>
+      <c r="N6" s="22"/>
+      <c r="O6" s="22"/>
+      <c r="P6" s="22"/>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="22"/>
+      <c r="S6" s="22"/>
+      <c r="T6" s="22"/>
+      <c r="U6" s="22"/>
+      <c r="V6" s="22"/>
+      <c r="W6" s="22"/>
+      <c r="X6" s="22"/>
+      <c r="Y6" s="22"/>
+      <c r="Z6" s="22"/>
+      <c r="AA6" s="22"/>
+      <c r="AB6" s="22"/>
+      <c r="AC6" s="22"/>
+      <c r="AD6" s="22"/>
+      <c r="AE6" s="22"/>
+      <c r="AF6" s="22"/>
+      <c r="AG6" s="22"/>
+      <c r="AH6" s="22"/>
+      <c r="AI6" s="22"/>
+      <c r="AJ6" s="22"/>
+      <c r="AK6" s="22"/>
+      <c r="AL6" s="22"/>
+      <c r="AM6" s="22"/>
+      <c r="AN6" s="22"/>
+      <c r="AO6" s="22"/>
+      <c r="AP6" s="22"/>
+      <c r="AQ6" s="22"/>
+      <c r="AR6" s="22"/>
+      <c r="AS6" s="22"/>
+      <c r="AT6" s="22"/>
+      <c r="AU6" s="22"/>
+      <c r="AV6" s="22"/>
+      <c r="AW6" s="22"/>
+      <c r="AX6" s="22"/>
+      <c r="AY6" s="22"/>
+      <c r="AZ6" s="22"/>
+      <c r="BA6" s="22"/>
+    </row>
+    <row r="7" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" s="22">
+        <v>133</v>
+      </c>
+      <c r="C7" s="22"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="22"/>
+      <c r="H7" s="22"/>
+      <c r="I7" s="22"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="22"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="22"/>
+      <c r="O7" s="22"/>
+      <c r="P7" s="22"/>
+      <c r="Q7" s="22"/>
+      <c r="R7" s="22"/>
+      <c r="S7" s="22"/>
+      <c r="T7" s="22"/>
+      <c r="U7" s="22"/>
+      <c r="V7" s="22"/>
+      <c r="W7" s="22"/>
+      <c r="X7" s="22"/>
+      <c r="Y7" s="22"/>
+      <c r="Z7" s="22"/>
+      <c r="AA7" s="22"/>
+      <c r="AB7" s="22"/>
+      <c r="AC7" s="22"/>
+      <c r="AD7" s="22"/>
+      <c r="AE7" s="22"/>
+      <c r="AF7" s="22"/>
+      <c r="AG7" s="22"/>
+      <c r="AH7" s="22"/>
+      <c r="AI7" s="22"/>
+      <c r="AJ7" s="22"/>
+      <c r="AK7" s="22"/>
+      <c r="AL7" s="22"/>
+      <c r="AM7" s="22"/>
+      <c r="AN7" s="22"/>
+      <c r="AO7" s="22"/>
+      <c r="AP7" s="22"/>
+      <c r="AQ7" s="22"/>
+      <c r="AR7" s="22"/>
+      <c r="AS7" s="22"/>
+      <c r="AT7" s="22"/>
+      <c r="AU7" s="22"/>
+      <c r="AV7" s="22"/>
+      <c r="AW7" s="22"/>
+      <c r="AX7" s="22"/>
+      <c r="AY7" s="22"/>
+      <c r="AZ7" s="22"/>
+      <c r="BA7" s="22"/>
+    </row>
+    <row r="8" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" s="23">
+        <v>0.72660000000000002</v>
+      </c>
+      <c r="C8" s="23"/>
+      <c r="D8" s="23"/>
+      <c r="E8" s="23"/>
+      <c r="F8" s="23"/>
+      <c r="G8" s="23"/>
+      <c r="H8" s="23"/>
+      <c r="I8" s="23"/>
+      <c r="J8" s="23"/>
+      <c r="K8" s="23"/>
+      <c r="L8" s="23"/>
+      <c r="M8" s="23"/>
+      <c r="N8" s="23"/>
+      <c r="O8" s="23"/>
+      <c r="P8" s="23"/>
+      <c r="Q8" s="23"/>
+      <c r="R8" s="23"/>
+      <c r="S8" s="23"/>
+      <c r="T8" s="23"/>
+      <c r="U8" s="23"/>
+      <c r="V8" s="23"/>
+      <c r="W8" s="23"/>
+      <c r="X8" s="23"/>
+      <c r="Y8" s="23"/>
+      <c r="Z8" s="23"/>
+      <c r="AA8" s="23"/>
+      <c r="AB8" s="23"/>
+      <c r="AC8" s="23"/>
+      <c r="AD8" s="23"/>
+      <c r="AE8" s="23"/>
+      <c r="AF8" s="23"/>
+      <c r="AG8" s="23"/>
+      <c r="AH8" s="23"/>
+      <c r="AI8" s="23"/>
+      <c r="AJ8" s="23"/>
+      <c r="AK8" s="23"/>
+      <c r="AL8" s="23"/>
+      <c r="AM8" s="23"/>
+      <c r="AN8" s="23"/>
+      <c r="AO8" s="23"/>
+      <c r="AP8" s="23"/>
+      <c r="AQ8" s="23"/>
+      <c r="AR8" s="23"/>
+      <c r="AS8" s="23"/>
+      <c r="AT8" s="23"/>
+      <c r="AU8" s="23"/>
+      <c r="AV8" s="23"/>
+      <c r="AW8" s="23"/>
+      <c r="AX8" s="23"/>
+      <c r="AY8" s="23"/>
+      <c r="AZ8" s="23"/>
+      <c r="BA8" s="23"/>
+    </row>
+    <row r="9" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" s="24">
+        <v>294</v>
+      </c>
+      <c r="C9" s="24"/>
+      <c r="D9" s="24"/>
+      <c r="E9" s="24"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="24"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
+      <c r="AE9" s="24"/>
+      <c r="AF9" s="24"/>
+      <c r="AG9" s="24"/>
+      <c r="AH9" s="24"/>
+      <c r="AI9" s="24"/>
+      <c r="AJ9" s="24"/>
+      <c r="AK9" s="24"/>
+      <c r="AL9" s="24"/>
+      <c r="AM9" s="24"/>
+      <c r="AN9" s="24"/>
+      <c r="AO9" s="24"/>
+      <c r="AP9" s="24"/>
+      <c r="AQ9" s="24"/>
+      <c r="AR9" s="24"/>
+      <c r="AS9" s="24"/>
+      <c r="AT9" s="24"/>
+      <c r="AU9" s="24"/>
+      <c r="AV9" s="24"/>
+      <c r="AW9" s="24"/>
+      <c r="AX9" s="24"/>
+      <c r="AY9" s="24"/>
+      <c r="AZ9" s="24"/>
+      <c r="BA9" s="24"/>
+    </row>
+    <row r="10" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="24">
+        <v>110</v>
+      </c>
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="24"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="24"/>
+      <c r="AF10" s="24"/>
+      <c r="AG10" s="24"/>
+      <c r="AH10" s="24"/>
+      <c r="AI10" s="24"/>
+      <c r="AJ10" s="24"/>
+      <c r="AK10" s="24"/>
+      <c r="AL10" s="24"/>
+      <c r="AM10" s="24"/>
+      <c r="AN10" s="24"/>
+      <c r="AO10" s="24"/>
+      <c r="AP10" s="24"/>
+      <c r="AQ10" s="24"/>
+      <c r="AR10" s="24"/>
+      <c r="AS10" s="24"/>
+      <c r="AT10" s="24"/>
+      <c r="AU10" s="24"/>
+      <c r="AV10" s="24"/>
+      <c r="AW10" s="24"/>
+      <c r="AX10" s="24"/>
+      <c r="AY10" s="24"/>
+      <c r="AZ10" s="24"/>
+      <c r="BA10" s="24"/>
+    </row>
+    <row r="11" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="16"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="22"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="22"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="22"/>
+      <c r="L11" s="22"/>
+      <c r="M11" s="22"/>
+      <c r="N11" s="22"/>
+      <c r="O11" s="22"/>
+      <c r="P11" s="22"/>
+      <c r="Q11" s="22"/>
+      <c r="R11" s="22"/>
+      <c r="S11" s="22"/>
+      <c r="T11" s="22"/>
+      <c r="U11" s="22"/>
+      <c r="V11" s="22"/>
+      <c r="W11" s="22"/>
+      <c r="X11" s="22"/>
+      <c r="Y11" s="22"/>
+      <c r="Z11" s="22"/>
+      <c r="AA11" s="22"/>
+      <c r="AB11" s="22"/>
+      <c r="AC11" s="22"/>
+      <c r="AD11" s="22"/>
+      <c r="AE11" s="22"/>
+      <c r="AF11" s="22"/>
+      <c r="AG11" s="22"/>
+      <c r="AH11" s="22"/>
+      <c r="AI11" s="22"/>
+      <c r="AJ11" s="22"/>
+      <c r="AK11" s="22"/>
+      <c r="AL11" s="22"/>
+      <c r="AM11" s="22"/>
+      <c r="AN11" s="22"/>
+      <c r="AO11" s="22"/>
+      <c r="AP11" s="22"/>
+      <c r="AQ11" s="22"/>
+      <c r="AR11" s="22"/>
+      <c r="AS11" s="22"/>
+      <c r="AT11" s="22"/>
+      <c r="AU11" s="22"/>
+      <c r="AV11" s="22"/>
+      <c r="AW11" s="22"/>
+      <c r="AX11" s="22"/>
+      <c r="AY11" s="22"/>
+      <c r="AZ11" s="22"/>
+      <c r="BA11" s="22"/>
+    </row>
+    <row r="12" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" s="22"/>
+      <c r="C12" s="22"/>
+      <c r="D12" s="22"/>
+      <c r="E12" s="22"/>
+      <c r="F12" s="22"/>
+      <c r="G12" s="22"/>
+      <c r="H12" s="22"/>
+      <c r="I12" s="22"/>
+      <c r="J12" s="22"/>
+      <c r="K12" s="22"/>
+      <c r="L12" s="22"/>
+      <c r="M12" s="22"/>
+      <c r="N12" s="22"/>
+      <c r="O12" s="22"/>
+      <c r="P12" s="22"/>
+      <c r="Q12" s="22"/>
+      <c r="R12" s="22"/>
+      <c r="S12" s="22"/>
+      <c r="T12" s="22"/>
+      <c r="U12" s="22"/>
+      <c r="V12" s="22"/>
+      <c r="W12" s="22"/>
+      <c r="X12" s="22"/>
+      <c r="Y12" s="22"/>
+      <c r="Z12" s="22"/>
+      <c r="AA12" s="22"/>
+      <c r="AB12" s="22"/>
+      <c r="AC12" s="22"/>
+      <c r="AD12" s="22"/>
+      <c r="AE12" s="22"/>
+      <c r="AF12" s="22"/>
+      <c r="AG12" s="22"/>
+      <c r="AH12" s="22"/>
+      <c r="AI12" s="22"/>
+      <c r="AJ12" s="22"/>
+      <c r="AK12" s="22"/>
+      <c r="AL12" s="22"/>
+      <c r="AM12" s="22"/>
+      <c r="AN12" s="22"/>
+      <c r="AO12" s="22"/>
+      <c r="AP12" s="22"/>
+      <c r="AQ12" s="22"/>
+      <c r="AR12" s="22"/>
+      <c r="AS12" s="22"/>
+      <c r="AT12" s="22"/>
+      <c r="AU12" s="22"/>
+      <c r="AV12" s="22"/>
+      <c r="AW12" s="22"/>
+      <c r="AX12" s="22"/>
+      <c r="AY12" s="22"/>
+      <c r="AZ12" s="22"/>
+      <c r="BA12" s="22"/>
+    </row>
+    <row r="13" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" s="22">
+        <v>977</v>
+      </c>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="22"/>
+      <c r="H13" s="22"/>
+      <c r="I13" s="22"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="22"/>
+      <c r="L13" s="22"/>
+      <c r="M13" s="22"/>
+      <c r="N13" s="22"/>
+      <c r="O13" s="22"/>
+      <c r="P13" s="22"/>
+      <c r="Q13" s="22"/>
+      <c r="R13" s="22"/>
+      <c r="S13" s="22"/>
+      <c r="T13" s="22"/>
+      <c r="U13" s="22"/>
+      <c r="V13" s="22"/>
+      <c r="W13" s="22"/>
+      <c r="X13" s="22"/>
+      <c r="Y13" s="22"/>
+      <c r="Z13" s="22"/>
+      <c r="AA13" s="22"/>
+      <c r="AB13" s="22"/>
+      <c r="AC13" s="22"/>
+      <c r="AD13" s="22"/>
+      <c r="AE13" s="22"/>
+      <c r="AF13" s="22"/>
+      <c r="AG13" s="22"/>
+      <c r="AH13" s="22"/>
+      <c r="AI13" s="22"/>
+      <c r="AJ13" s="22"/>
+      <c r="AK13" s="22"/>
+      <c r="AL13" s="22"/>
+      <c r="AM13" s="22"/>
+      <c r="AN13" s="22"/>
+      <c r="AO13" s="22"/>
+      <c r="AP13" s="22"/>
+      <c r="AQ13" s="22"/>
+      <c r="AR13" s="22"/>
+      <c r="AS13" s="22"/>
+      <c r="AT13" s="22"/>
+      <c r="AU13" s="22"/>
+      <c r="AV13" s="22"/>
+      <c r="AW13" s="22"/>
+      <c r="AX13" s="22"/>
+      <c r="AY13" s="22"/>
+      <c r="AZ13" s="22"/>
+      <c r="BA13" s="22"/>
+    </row>
+    <row r="14" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" s="22">
+        <v>135</v>
+      </c>
+      <c r="C14" s="22"/>
+      <c r="D14" s="22"/>
+      <c r="E14" s="22"/>
+      <c r="F14" s="22"/>
+      <c r="G14" s="22"/>
+      <c r="H14" s="22"/>
+      <c r="I14" s="22"/>
+      <c r="J14" s="22"/>
+      <c r="K14" s="22"/>
+      <c r="L14" s="22"/>
+      <c r="M14" s="22"/>
+      <c r="N14" s="22"/>
+      <c r="O14" s="22"/>
+      <c r="P14" s="22"/>
+      <c r="Q14" s="22"/>
+      <c r="R14" s="22"/>
+      <c r="S14" s="22"/>
+      <c r="T14" s="22"/>
+      <c r="U14" s="22"/>
+      <c r="V14" s="22"/>
+      <c r="W14" s="22"/>
+      <c r="X14" s="22"/>
+      <c r="Y14" s="22"/>
+      <c r="Z14" s="22"/>
+      <c r="AA14" s="22"/>
+      <c r="AB14" s="22"/>
+      <c r="AC14" s="22"/>
+      <c r="AD14" s="22"/>
+      <c r="AE14" s="22"/>
+      <c r="AF14" s="22"/>
+      <c r="AG14" s="22"/>
+      <c r="AH14" s="22"/>
+      <c r="AI14" s="22"/>
+      <c r="AJ14" s="22"/>
+      <c r="AK14" s="22"/>
+      <c r="AL14" s="22"/>
+      <c r="AM14" s="22"/>
+      <c r="AN14" s="22"/>
+      <c r="AO14" s="22"/>
+      <c r="AP14" s="22"/>
+      <c r="AQ14" s="22"/>
+      <c r="AR14" s="22"/>
+      <c r="AS14" s="22"/>
+      <c r="AT14" s="22"/>
+      <c r="AU14" s="22"/>
+      <c r="AV14" s="22"/>
+      <c r="AW14" s="22"/>
+      <c r="AX14" s="22"/>
+      <c r="AY14" s="22"/>
+      <c r="AZ14" s="22"/>
+      <c r="BA14" s="22"/>
+    </row>
+    <row r="15" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="23">
+        <v>0.12139999999999999</v>
+      </c>
+      <c r="C15" s="23"/>
+      <c r="D15" s="23"/>
+      <c r="E15" s="23"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+      <c r="I15" s="23"/>
+      <c r="J15" s="23"/>
+      <c r="K15" s="23"/>
+      <c r="L15" s="23"/>
+      <c r="M15" s="23"/>
+      <c r="N15" s="23"/>
+      <c r="O15" s="23"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="23"/>
+      <c r="R15" s="23"/>
+      <c r="S15" s="23"/>
+      <c r="T15" s="23"/>
+      <c r="U15" s="23"/>
+      <c r="V15" s="23"/>
+      <c r="W15" s="23"/>
+      <c r="X15" s="23"/>
+      <c r="Y15" s="23"/>
+      <c r="Z15" s="23"/>
+      <c r="AA15" s="23"/>
+      <c r="AB15" s="23"/>
+      <c r="AC15" s="23"/>
+      <c r="AD15" s="23"/>
+      <c r="AE15" s="23"/>
+      <c r="AF15" s="23"/>
+      <c r="AG15" s="23"/>
+      <c r="AH15" s="23"/>
+      <c r="AI15" s="23"/>
+      <c r="AJ15" s="23"/>
+      <c r="AK15" s="23"/>
+      <c r="AL15" s="23"/>
+      <c r="AM15" s="23"/>
+      <c r="AN15" s="23"/>
+      <c r="AO15" s="23"/>
+      <c r="AP15" s="23"/>
+      <c r="AQ15" s="23"/>
+      <c r="AR15" s="23"/>
+      <c r="AS15" s="23"/>
+      <c r="AT15" s="23"/>
+      <c r="AU15" s="23"/>
+      <c r="AV15" s="23"/>
+      <c r="AW15" s="23"/>
+      <c r="AX15" s="23"/>
+      <c r="AY15" s="23"/>
+      <c r="AZ15" s="23"/>
+      <c r="BA15" s="23"/>
+      <c r="BB15" s="14"/>
+      <c r="BC15" s="14"/>
+      <c r="BD15" s="14"/>
+      <c r="BE15" s="14"/>
+      <c r="BF15" s="14"/>
+      <c r="BG15" s="14"/>
+      <c r="BH15" s="14"/>
+      <c r="BI15" s="14"/>
+      <c r="BJ15" s="14"/>
+      <c r="BK15" s="14"/>
+      <c r="BL15" s="14"/>
+      <c r="BM15" s="14"/>
+      <c r="BN15" s="14"/>
+      <c r="BO15" s="14"/>
+      <c r="BP15" s="14"/>
+      <c r="BQ15" s="14"/>
+      <c r="BR15" s="14"/>
+      <c r="BS15" s="14"/>
+      <c r="BT15" s="14"/>
+      <c r="BU15" s="14"/>
+    </row>
+    <row r="16" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="16"/>
+      <c r="B16" s="22"/>
+      <c r="C16" s="22"/>
+      <c r="D16" s="22"/>
+      <c r="E16" s="22"/>
+      <c r="F16" s="22"/>
+      <c r="G16" s="22"/>
+      <c r="H16" s="22"/>
+      <c r="I16" s="22"/>
+      <c r="J16" s="22"/>
+      <c r="K16" s="22"/>
+      <c r="L16" s="22"/>
+      <c r="M16" s="22"/>
+      <c r="N16" s="22"/>
+      <c r="O16" s="22"/>
+      <c r="P16" s="22"/>
+      <c r="Q16" s="22"/>
+      <c r="R16" s="22"/>
+      <c r="S16" s="22"/>
+      <c r="T16" s="22"/>
+      <c r="U16" s="22"/>
+      <c r="V16" s="22"/>
+      <c r="W16" s="22"/>
+      <c r="X16" s="22"/>
+      <c r="Y16" s="22"/>
+      <c r="Z16" s="22"/>
+      <c r="AA16" s="22"/>
+      <c r="AB16" s="22"/>
+      <c r="AC16" s="22"/>
+      <c r="AD16" s="22"/>
+      <c r="AE16" s="22"/>
+      <c r="AF16" s="22"/>
+      <c r="AG16" s="22"/>
+      <c r="AH16" s="22"/>
+      <c r="AI16" s="22"/>
+      <c r="AJ16" s="22"/>
+      <c r="AK16" s="22"/>
+      <c r="AL16" s="22"/>
+      <c r="AM16" s="22"/>
+      <c r="AN16" s="22"/>
+      <c r="AO16" s="22"/>
+      <c r="AP16" s="22"/>
+      <c r="AQ16" s="22"/>
+      <c r="AR16" s="22"/>
+      <c r="AS16" s="22"/>
+      <c r="AT16" s="22"/>
+      <c r="AU16" s="22"/>
+      <c r="AV16" s="22"/>
+      <c r="AW16" s="22"/>
+      <c r="AX16" s="22"/>
+      <c r="AY16" s="22"/>
+      <c r="AZ16" s="22"/>
+      <c r="BA16" s="22"/>
+    </row>
+    <row r="19" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AE19"/>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="4" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011206173583AC04F84297E109725D0AB" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c50718b29b89c550b7296bedb97d00eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c77926f6-2acc-4ae9-a524-6f86b1b56ab1" xmlns:ns3="ad647b8f-8239-4126-8166-9dee6ee1e4e3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ae119ab2828c3bb3017cb36aac3d86d" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="ad647b8f-8239-4126-8166-9dee6ee1e4e3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c77926f6-2acc-4ae9-a524-6f86b1b56ab1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011206173583AC04F84297E109725D0AB" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d67b3ea0ee30cafa0f6dcee79b718dce">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c77926f6-2acc-4ae9-a524-6f86b1b56ab1" xmlns:ns3="ad647b8f-8239-4126-8166-9dee6ee1e4e3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="244ac8411882886094bee565c31d82b8" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c77926f6-2acc-4ae9-a524-6f86b1b56ab1"/>
     <xsd:import namespace="ad647b8f-8239-4126-8166-9dee6ee1e4e3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -10494,137 +11616,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C7A4877-6701-4372-82C7-EB769A0A0C29}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{888ED8C1-DBDC-44EB-84ED-AB0891E56F38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62292C86-EA2C-47BF-A2D9-E28B01B55223}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ad647b8f-8239-4126-8166-9dee6ee1e4e3"/>
+    <ds:schemaRef ds:uri="c77926f6-2acc-4ae9-a524-6f86b1b56ab1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="c77926f6-2acc-4ae9-a524-6f86b1b56ab1"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB17DE80-6966-4997-9BA1-2C3ADC1D4818}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62292C86-EA2C-47BF-A2D9-E28B01B55223}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15DB11FE-3264-4679-8E82-3FF1D3D8B6E5}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
+      <vt:lpstr>2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Aneurin Bevan Health Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Claire Simmonds</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>