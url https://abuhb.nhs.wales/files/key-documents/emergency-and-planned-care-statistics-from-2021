--- v2 (2026-01-12)
+++ v3 (2026-02-01)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nhswales365.sharepoint.com/sites/ABB_CommunicationandEngagement_Team/Intranet  Website/How are we doing/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="412" documentId="14_{44C1D556-D2E6-43FE-992A-07C0A0FD32A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{281F0840-3D3E-469A-A0EB-7F7520E2238E}"/>
+  <xr:revisionPtr revIDLastSave="461" documentId="14_{44C1D556-D2E6-43FE-992A-07C0A0FD32A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F0FA8FF1-F30D-414B-BDBD-B97B36491CE2}"/>
   <bookViews>
     <workbookView xWindow="20370" yWindow="-1560" windowWidth="29040" windowHeight="16440" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2021" sheetId="7" r:id="rId1"/>
     <sheet name="2022" sheetId="8" r:id="rId2"/>
     <sheet name="2023" sheetId="9" r:id="rId3"/>
     <sheet name="2024" sheetId="10" r:id="rId4"/>
     <sheet name="2025" sheetId="11" r:id="rId5"/>
     <sheet name="2026" sheetId="12" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
@@ -8344,51 +8344,51 @@
       <c r="AY16" s="22"/>
       <c r="AZ16" s="22"/>
       <c r="BA16" s="22"/>
     </row>
     <row r="19" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE19"/>
     </row>
     <row r="20" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE20"/>
     </row>
     <row r="21" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE21"/>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{22858D84-3CC6-4949-9FDD-25AF4C7097D8}">
   <dimension ref="A1:BU21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="AY1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="BA11" sqref="BA11"/>
+      <selection pane="topRight" activeCell="BA16" sqref="BA16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="81.42578125" style="1" customWidth="1"/>
     <col min="2" max="53" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="54" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="2" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="18"/>
       <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>2</v>
       </c>
@@ -9811,54 +9811,54 @@
       <c r="AR13" s="22">
         <v>1600</v>
       </c>
       <c r="AS13" s="22">
         <v>1572</v>
       </c>
       <c r="AT13" s="22">
         <v>1825</v>
       </c>
       <c r="AU13" s="22">
         <v>1604</v>
       </c>
       <c r="AV13" s="22">
         <v>1810</v>
       </c>
       <c r="AW13" s="22">
         <v>1906</v>
       </c>
       <c r="AX13" s="22">
         <v>1874</v>
       </c>
       <c r="AY13" s="22">
         <v>1716</v>
       </c>
       <c r="AZ13" s="22">
-        <v>1703</v>
+        <v>1764</v>
       </c>
       <c r="BA13" s="22">
-        <v>795</v>
+        <v>793</v>
       </c>
     </row>
     <row r="14" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="16" t="s">
         <v>62</v>
       </c>
       <c r="B14" s="22">
         <v>76</v>
       </c>
       <c r="C14" s="22">
         <v>184</v>
       </c>
       <c r="D14" s="22">
         <v>211</v>
       </c>
       <c r="E14" s="22">
         <v>207</v>
       </c>
       <c r="F14" s="22">
         <v>168</v>
       </c>
       <c r="G14" s="22">
         <v>163</v>
       </c>
       <c r="H14" s="22">
@@ -9972,54 +9972,54 @@
       <c r="AR14" s="22">
         <v>164</v>
       </c>
       <c r="AS14" s="22">
         <v>174</v>
       </c>
       <c r="AT14" s="22">
         <v>150</v>
       </c>
       <c r="AU14" s="22">
         <v>137</v>
       </c>
       <c r="AV14" s="22">
         <v>176</v>
       </c>
       <c r="AW14" s="22">
         <v>153</v>
       </c>
       <c r="AX14" s="22">
         <v>143</v>
       </c>
       <c r="AY14" s="22">
         <v>142</v>
       </c>
       <c r="AZ14" s="22">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="BA14" s="22">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="23">
         <v>0.1048</v>
       </c>
       <c r="D15" s="23">
         <v>0.1206</v>
       </c>
       <c r="E15" s="23">
         <v>0.1082</v>
       </c>
       <c r="F15" s="23">
         <v>7.9699999999999993E-2</v>
       </c>
       <c r="G15" s="23">
         <v>8.1600000000000006E-2</v>
       </c>
       <c r="H15" s="23">
@@ -10133,54 +10133,54 @@
       <c r="AR15" s="23">
         <v>9.2999999999999999E-2</v>
       </c>
       <c r="AS15" s="23">
         <v>9.9699999999999997E-2</v>
       </c>
       <c r="AT15" s="23">
         <v>7.5899999999999995E-2</v>
       </c>
       <c r="AU15" s="23">
         <v>7.8700000000000006E-2</v>
       </c>
       <c r="AV15" s="23">
         <v>8.8599999999999998E-2</v>
       </c>
       <c r="AW15" s="23">
         <v>7.4300000000000005E-2</v>
       </c>
       <c r="AX15" s="23">
         <v>7.0900000000000005E-2</v>
       </c>
       <c r="AY15" s="23">
         <v>7.6399999999999996E-2</v>
       </c>
       <c r="AZ15" s="23">
-        <v>9.6100000000000005E-2</v>
+        <v>9.35E-2</v>
       </c>
       <c r="BA15" s="23">
-        <v>7.3800000000000004E-2</v>
+        <v>7.2499999999999995E-2</v>
       </c>
       <c r="BB15" s="14"/>
       <c r="BC15" s="14"/>
       <c r="BD15" s="14"/>
       <c r="BE15" s="14"/>
       <c r="BF15" s="14"/>
       <c r="BG15" s="14"/>
       <c r="BH15" s="14"/>
       <c r="BI15" s="14"/>
       <c r="BJ15" s="14"/>
       <c r="BK15" s="14"/>
       <c r="BL15" s="14"/>
       <c r="BM15" s="14"/>
       <c r="BN15" s="14"/>
       <c r="BO15" s="14"/>
       <c r="BP15" s="14"/>
       <c r="BQ15" s="14"/>
       <c r="BR15" s="14"/>
       <c r="BS15" s="14"/>
       <c r="BT15" s="14"/>
       <c r="BU15" s="14"/>
     </row>
     <row r="16" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="16"/>
       <c r="B16" s="22"/>
@@ -10232,53 +10232,51 @@
       <c r="AV16" s="22"/>
       <c r="AW16" s="22"/>
       <c r="AX16" s="22"/>
       <c r="AY16" s="22"/>
       <c r="AZ16" s="22"/>
       <c r="BA16" s="22"/>
     </row>
     <row r="19" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE19"/>
     </row>
     <row r="20" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE20"/>
     </row>
     <row r="21" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE21"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D31FCB4A-6905-4E01-93F4-8AE983A936FE}">
   <dimension ref="A1:BU19"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="81.42578125" style="1" customWidth="1"/>
     <col min="2" max="53" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="54" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="2" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="18"/>
       <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="19" t="s">
@@ -10635,53 +10633,59 @@
       <c r="AK5" s="22"/>
       <c r="AL5" s="22"/>
       <c r="AM5" s="22"/>
       <c r="AN5" s="22"/>
       <c r="AO5" s="22"/>
       <c r="AP5" s="22"/>
       <c r="AQ5" s="22"/>
       <c r="AR5" s="22"/>
       <c r="AS5" s="22"/>
       <c r="AT5" s="22"/>
       <c r="AU5" s="22"/>
       <c r="AV5" s="22"/>
       <c r="AW5" s="22"/>
       <c r="AX5" s="22"/>
       <c r="AY5" s="22"/>
       <c r="AZ5" s="22"/>
       <c r="BA5" s="22"/>
     </row>
     <row r="6" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="16" t="s">
         <v>55</v>
       </c>
       <c r="B6" s="22">
         <v>3058</v>
       </c>
-      <c r="C6" s="22"/>
-[...1 lines deleted...]
-      <c r="E6" s="22"/>
+      <c r="C6" s="22">
+        <v>3464</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3445</v>
+      </c>
+      <c r="E6" s="22">
+        <v>3371</v>
+      </c>
       <c r="F6" s="22"/>
       <c r="G6" s="22"/>
       <c r="H6" s="22"/>
       <c r="I6" s="22"/>
       <c r="J6" s="22"/>
       <c r="K6" s="22"/>
       <c r="L6" s="22"/>
       <c r="M6" s="22"/>
       <c r="N6" s="22"/>
       <c r="O6" s="22"/>
       <c r="P6" s="22"/>
       <c r="Q6" s="22"/>
       <c r="R6" s="22"/>
       <c r="S6" s="22"/>
       <c r="T6" s="22"/>
       <c r="U6" s="22"/>
       <c r="V6" s="22"/>
       <c r="W6" s="22"/>
       <c r="X6" s="22"/>
       <c r="Y6" s="22"/>
       <c r="Z6" s="22"/>
       <c r="AA6" s="22"/>
       <c r="AB6" s="22"/>
       <c r="AC6" s="22"/>
       <c r="AD6" s="22"/>
@@ -10694,53 +10698,59 @@
       <c r="AK6" s="22"/>
       <c r="AL6" s="22"/>
       <c r="AM6" s="22"/>
       <c r="AN6" s="22"/>
       <c r="AO6" s="22"/>
       <c r="AP6" s="22"/>
       <c r="AQ6" s="22"/>
       <c r="AR6" s="22"/>
       <c r="AS6" s="22"/>
       <c r="AT6" s="22"/>
       <c r="AU6" s="22"/>
       <c r="AV6" s="22"/>
       <c r="AW6" s="22"/>
       <c r="AX6" s="22"/>
       <c r="AY6" s="22"/>
       <c r="AZ6" s="22"/>
       <c r="BA6" s="22"/>
     </row>
     <row r="7" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="16" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="22">
         <v>133</v>
       </c>
-      <c r="C7" s="22"/>
-[...1 lines deleted...]
-      <c r="E7" s="22"/>
+      <c r="C7" s="22">
+        <v>160</v>
+      </c>
+      <c r="D7" s="22">
+        <v>120</v>
+      </c>
+      <c r="E7" s="22">
+        <v>107</v>
+      </c>
       <c r="F7" s="22"/>
       <c r="G7" s="22"/>
       <c r="H7" s="22"/>
       <c r="I7" s="22"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="22"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="22"/>
       <c r="Q7" s="22"/>
       <c r="R7" s="22"/>
       <c r="S7" s="22"/>
       <c r="T7" s="22"/>
       <c r="U7" s="22"/>
       <c r="V7" s="22"/>
       <c r="W7" s="22"/>
       <c r="X7" s="22"/>
       <c r="Y7" s="22"/>
       <c r="Z7" s="22"/>
       <c r="AA7" s="22"/>
       <c r="AB7" s="22"/>
       <c r="AC7" s="22"/>
       <c r="AD7" s="22"/>
@@ -10753,53 +10763,59 @@
       <c r="AK7" s="22"/>
       <c r="AL7" s="22"/>
       <c r="AM7" s="22"/>
       <c r="AN7" s="22"/>
       <c r="AO7" s="22"/>
       <c r="AP7" s="22"/>
       <c r="AQ7" s="22"/>
       <c r="AR7" s="22"/>
       <c r="AS7" s="22"/>
       <c r="AT7" s="22"/>
       <c r="AU7" s="22"/>
       <c r="AV7" s="22"/>
       <c r="AW7" s="22"/>
       <c r="AX7" s="22"/>
       <c r="AY7" s="22"/>
       <c r="AZ7" s="22"/>
       <c r="BA7" s="22"/>
     </row>
     <row r="8" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="16" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="23">
         <v>0.72660000000000002</v>
       </c>
-      <c r="C8" s="23"/>
-[...1 lines deleted...]
-      <c r="E8" s="23"/>
+      <c r="C8" s="23">
+        <v>0.7107</v>
+      </c>
+      <c r="D8" s="23">
+        <v>0.75039999999999996</v>
+      </c>
+      <c r="E8" s="23">
+        <v>0.75560000000000005</v>
+      </c>
       <c r="F8" s="23"/>
       <c r="G8" s="23"/>
       <c r="H8" s="23"/>
       <c r="I8" s="23"/>
       <c r="J8" s="23"/>
       <c r="K8" s="23"/>
       <c r="L8" s="23"/>
       <c r="M8" s="23"/>
       <c r="N8" s="23"/>
       <c r="O8" s="23"/>
       <c r="P8" s="23"/>
       <c r="Q8" s="23"/>
       <c r="R8" s="23"/>
       <c r="S8" s="23"/>
       <c r="T8" s="23"/>
       <c r="U8" s="23"/>
       <c r="V8" s="23"/>
       <c r="W8" s="23"/>
       <c r="X8" s="23"/>
       <c r="Y8" s="23"/>
       <c r="Z8" s="23"/>
       <c r="AA8" s="23"/>
       <c r="AB8" s="23"/>
       <c r="AC8" s="23"/>
       <c r="AD8" s="23"/>
@@ -10812,53 +10828,59 @@
       <c r="AK8" s="23"/>
       <c r="AL8" s="23"/>
       <c r="AM8" s="23"/>
       <c r="AN8" s="23"/>
       <c r="AO8" s="23"/>
       <c r="AP8" s="23"/>
       <c r="AQ8" s="23"/>
       <c r="AR8" s="23"/>
       <c r="AS8" s="23"/>
       <c r="AT8" s="23"/>
       <c r="AU8" s="23"/>
       <c r="AV8" s="23"/>
       <c r="AW8" s="23"/>
       <c r="AX8" s="23"/>
       <c r="AY8" s="23"/>
       <c r="AZ8" s="23"/>
       <c r="BA8" s="23"/>
     </row>
     <row r="9" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="17" t="s">
         <v>58</v>
       </c>
       <c r="B9" s="24">
         <v>294</v>
       </c>
-      <c r="C9" s="24"/>
-[...1 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="C9" s="24">
+        <v>267</v>
+      </c>
+      <c r="D9" s="24">
+        <v>295</v>
+      </c>
+      <c r="E9" s="24">
+        <v>305</v>
+      </c>
       <c r="F9" s="24"/>
       <c r="G9" s="24"/>
       <c r="H9" s="24"/>
       <c r="I9" s="24"/>
       <c r="J9" s="24"/>
       <c r="K9" s="24"/>
       <c r="L9" s="24"/>
       <c r="M9" s="24"/>
       <c r="N9" s="24"/>
       <c r="O9" s="24"/>
       <c r="P9" s="24"/>
       <c r="Q9" s="24"/>
       <c r="R9" s="24"/>
       <c r="S9" s="24"/>
       <c r="T9" s="24"/>
       <c r="U9" s="24"/>
       <c r="V9" s="24"/>
       <c r="W9" s="24"/>
       <c r="X9" s="24"/>
       <c r="Y9" s="24"/>
       <c r="Z9" s="24"/>
       <c r="AA9" s="24"/>
       <c r="AB9" s="24"/>
       <c r="AC9" s="24"/>
       <c r="AD9" s="24"/>
@@ -10871,53 +10893,59 @@
       <c r="AK9" s="24"/>
       <c r="AL9" s="24"/>
       <c r="AM9" s="24"/>
       <c r="AN9" s="24"/>
       <c r="AO9" s="24"/>
       <c r="AP9" s="24"/>
       <c r="AQ9" s="24"/>
       <c r="AR9" s="24"/>
       <c r="AS9" s="24"/>
       <c r="AT9" s="24"/>
       <c r="AU9" s="24"/>
       <c r="AV9" s="24"/>
       <c r="AW9" s="24"/>
       <c r="AX9" s="24"/>
       <c r="AY9" s="24"/>
       <c r="AZ9" s="24"/>
       <c r="BA9" s="24"/>
     </row>
     <row r="10" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="24">
         <v>110</v>
       </c>
-      <c r="C10" s="24"/>
-[...1 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="C10" s="24">
+        <v>78</v>
+      </c>
+      <c r="D10" s="24">
+        <v>103</v>
+      </c>
+      <c r="E10" s="24">
+        <v>97</v>
+      </c>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="24"/>
       <c r="K10" s="24"/>
       <c r="L10" s="24"/>
       <c r="M10" s="24"/>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="24"/>
       <c r="Q10" s="24"/>
       <c r="R10" s="24"/>
       <c r="S10" s="24"/>
       <c r="T10" s="24"/>
       <c r="U10" s="24"/>
       <c r="V10" s="24"/>
       <c r="W10" s="24"/>
       <c r="X10" s="24"/>
       <c r="Y10" s="24"/>
       <c r="Z10" s="24"/>
       <c r="AA10" s="24"/>
       <c r="AB10" s="24"/>
       <c r="AC10" s="24"/>
       <c r="AD10" s="24"/>
@@ -11040,55 +11068,61 @@
       <c r="AI12" s="22"/>
       <c r="AJ12" s="22"/>
       <c r="AK12" s="22"/>
       <c r="AL12" s="22"/>
       <c r="AM12" s="22"/>
       <c r="AN12" s="22"/>
       <c r="AO12" s="22"/>
       <c r="AP12" s="22"/>
       <c r="AQ12" s="22"/>
       <c r="AR12" s="22"/>
       <c r="AS12" s="22"/>
       <c r="AT12" s="22"/>
       <c r="AU12" s="22"/>
       <c r="AV12" s="22"/>
       <c r="AW12" s="22"/>
       <c r="AX12" s="22"/>
       <c r="AY12" s="22"/>
       <c r="AZ12" s="22"/>
       <c r="BA12" s="22"/>
     </row>
     <row r="13" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16" t="s">
         <v>61</v>
       </c>
       <c r="B13" s="22">
-        <v>977</v>
-[...3 lines deleted...]
-      <c r="E13" s="22"/>
+        <v>1153</v>
+      </c>
+      <c r="C13" s="22">
+        <v>1816</v>
+      </c>
+      <c r="D13" s="22">
+        <v>1810</v>
+      </c>
+      <c r="E13" s="22">
+        <v>1809</v>
+      </c>
       <c r="F13" s="22"/>
       <c r="G13" s="22"/>
       <c r="H13" s="22"/>
       <c r="I13" s="22"/>
       <c r="J13" s="22"/>
       <c r="K13" s="22"/>
       <c r="L13" s="22"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="22"/>
       <c r="Q13" s="22"/>
       <c r="R13" s="22"/>
       <c r="S13" s="22"/>
       <c r="T13" s="22"/>
       <c r="U13" s="22"/>
       <c r="V13" s="22"/>
       <c r="W13" s="22"/>
       <c r="X13" s="22"/>
       <c r="Y13" s="22"/>
       <c r="Z13" s="22"/>
       <c r="AA13" s="22"/>
       <c r="AB13" s="22"/>
       <c r="AC13" s="22"/>
       <c r="AD13" s="22"/>
@@ -11099,55 +11133,61 @@
       <c r="AI13" s="22"/>
       <c r="AJ13" s="22"/>
       <c r="AK13" s="22"/>
       <c r="AL13" s="22"/>
       <c r="AM13" s="22"/>
       <c r="AN13" s="22"/>
       <c r="AO13" s="22"/>
       <c r="AP13" s="22"/>
       <c r="AQ13" s="22"/>
       <c r="AR13" s="22"/>
       <c r="AS13" s="22"/>
       <c r="AT13" s="22"/>
       <c r="AU13" s="22"/>
       <c r="AV13" s="22"/>
       <c r="AW13" s="22"/>
       <c r="AX13" s="22"/>
       <c r="AY13" s="22"/>
       <c r="AZ13" s="22"/>
       <c r="BA13" s="22"/>
     </row>
     <row r="14" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="16" t="s">
         <v>62</v>
       </c>
       <c r="B14" s="22">
-        <v>135</v>
-[...3 lines deleted...]
-      <c r="E14" s="22"/>
+        <v>136</v>
+      </c>
+      <c r="C14" s="22">
+        <v>236</v>
+      </c>
+      <c r="D14" s="22">
+        <v>194</v>
+      </c>
+      <c r="E14" s="22">
+        <v>177</v>
+      </c>
       <c r="F14" s="22"/>
       <c r="G14" s="22"/>
       <c r="H14" s="22"/>
       <c r="I14" s="22"/>
       <c r="J14" s="22"/>
       <c r="K14" s="22"/>
       <c r="L14" s="22"/>
       <c r="M14" s="22"/>
       <c r="N14" s="22"/>
       <c r="O14" s="22"/>
       <c r="P14" s="22"/>
       <c r="Q14" s="22"/>
       <c r="R14" s="22"/>
       <c r="S14" s="22"/>
       <c r="T14" s="22"/>
       <c r="U14" s="22"/>
       <c r="V14" s="22"/>
       <c r="W14" s="22"/>
       <c r="X14" s="22"/>
       <c r="Y14" s="22"/>
       <c r="Z14" s="22"/>
       <c r="AA14" s="22"/>
       <c r="AB14" s="22"/>
       <c r="AC14" s="22"/>
       <c r="AD14" s="22"/>
@@ -11158,55 +11198,61 @@
       <c r="AI14" s="22"/>
       <c r="AJ14" s="22"/>
       <c r="AK14" s="22"/>
       <c r="AL14" s="22"/>
       <c r="AM14" s="22"/>
       <c r="AN14" s="22"/>
       <c r="AO14" s="22"/>
       <c r="AP14" s="22"/>
       <c r="AQ14" s="22"/>
       <c r="AR14" s="22"/>
       <c r="AS14" s="22"/>
       <c r="AT14" s="22"/>
       <c r="AU14" s="22"/>
       <c r="AV14" s="22"/>
       <c r="AW14" s="22"/>
       <c r="AX14" s="22"/>
       <c r="AY14" s="22"/>
       <c r="AZ14" s="22"/>
       <c r="BA14" s="22"/>
     </row>
     <row r="15" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B15" s="23">
-        <v>0.12139999999999999</v>
-[...3 lines deleted...]
-      <c r="E15" s="23"/>
+        <v>0.1055</v>
+      </c>
+      <c r="C15" s="23">
+        <v>0.115</v>
+      </c>
+      <c r="D15" s="23">
+        <v>9.6799999999999997E-2</v>
+      </c>
+      <c r="E15" s="23">
+        <v>8.9099999999999999E-2</v>
+      </c>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="23"/>
       <c r="I15" s="23"/>
       <c r="J15" s="23"/>
       <c r="K15" s="23"/>
       <c r="L15" s="23"/>
       <c r="M15" s="23"/>
       <c r="N15" s="23"/>
       <c r="O15" s="23"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="23"/>
       <c r="R15" s="23"/>
       <c r="S15" s="23"/>
       <c r="T15" s="23"/>
       <c r="U15" s="23"/>
       <c r="V15" s="23"/>
       <c r="W15" s="23"/>
       <c r="X15" s="23"/>
       <c r="Y15" s="23"/>
       <c r="Z15" s="23"/>
       <c r="AA15" s="23"/>
       <c r="AB15" s="23"/>
       <c r="AC15" s="23"/>
       <c r="AD15" s="23"/>
@@ -11313,73 +11359,73 @@
       <c r="AE19"/>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ad647b8f-8239-4126-8166-9dee6ee1e4e3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c77926f6-2acc-4ae9-a524-6f86b1b56ab1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011206173583AC04F84297E109725D0AB" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d67b3ea0ee30cafa0f6dcee79b718dce">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c77926f6-2acc-4ae9-a524-6f86b1b56ab1" xmlns:ns3="ad647b8f-8239-4126-8166-9dee6ee1e4e3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="244ac8411882886094bee565c31d82b8" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c77926f6-2acc-4ae9-a524-6f86b1b56ab1"/>
     <xsd:import namespace="ad647b8f-8239-4126-8166-9dee6ee1e4e3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
@@ -11617,79 +11663,95 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C7A4877-6701-4372-82C7-EB769A0A0C29}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB17DE80-6966-4997-9BA1-2C3ADC1D4818}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62292C86-EA2C-47BF-A2D9-E28B01B55223}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ad647b8f-8239-4126-8166-9dee6ee1e4e3"/>
     <ds:schemaRef ds:uri="c77926f6-2acc-4ae9-a524-6f86b1b56ab1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB17DE80-6966-4997-9BA1-2C3ADC1D4818}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C7A4877-6701-4372-82C7-EB769A0A0C29}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15DB11FE-3264-4679-8E82-3FF1D3D8B6E5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15DB11FE-3264-4679-8E82-3FF1D3D8B6E5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c77926f6-2acc-4ae9-a524-6f86b1b56ab1"/>
+    <ds:schemaRef ds:uri="ad647b8f-8239-4126-8166-9dee6ee1e4e3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2026</vt:lpstr>