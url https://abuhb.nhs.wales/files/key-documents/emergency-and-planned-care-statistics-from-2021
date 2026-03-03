--- v3 (2026-02-01)
+++ v4 (2026-03-03)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nhswales365.sharepoint.com/sites/ABB_CommunicationandEngagement_Team/Intranet  Website/How are we doing/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="461" documentId="14_{44C1D556-D2E6-43FE-992A-07C0A0FD32A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F0FA8FF1-F30D-414B-BDBD-B97B36491CE2}"/>
+  <xr:revisionPtr revIDLastSave="531" documentId="14_{44C1D556-D2E6-43FE-992A-07C0A0FD32A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{98B286C5-3366-41D5-9068-F8A82306CBF1}"/>
   <bookViews>
     <workbookView xWindow="20370" yWindow="-1560" windowWidth="29040" windowHeight="16440" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2021" sheetId="7" r:id="rId1"/>
     <sheet name="2022" sheetId="8" r:id="rId2"/>
     <sheet name="2023" sheetId="9" r:id="rId3"/>
     <sheet name="2024" sheetId="10" r:id="rId4"/>
     <sheet name="2025" sheetId="11" r:id="rId5"/>
     <sheet name="2026" sheetId="12" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
@@ -10232,51 +10232,54 @@
       <c r="AV16" s="22"/>
       <c r="AW16" s="22"/>
       <c r="AX16" s="22"/>
       <c r="AY16" s="22"/>
       <c r="AZ16" s="22"/>
       <c r="BA16" s="22"/>
     </row>
     <row r="19" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE19"/>
     </row>
     <row r="20" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE20"/>
     </row>
     <row r="21" spans="31:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AE21"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D31FCB4A-6905-4E01-93F4-8AE983A936FE}">
   <dimension ref="A1:BU19"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="F1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="I11" sqref="I11"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="81.42578125" style="1" customWidth="1"/>
     <col min="2" max="53" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="54" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="2" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="18"/>
       <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="19" t="s">
@@ -10637,59 +10640,67 @@
       <c r="AO5" s="22"/>
       <c r="AP5" s="22"/>
       <c r="AQ5" s="22"/>
       <c r="AR5" s="22"/>
       <c r="AS5" s="22"/>
       <c r="AT5" s="22"/>
       <c r="AU5" s="22"/>
       <c r="AV5" s="22"/>
       <c r="AW5" s="22"/>
       <c r="AX5" s="22"/>
       <c r="AY5" s="22"/>
       <c r="AZ5" s="22"/>
       <c r="BA5" s="22"/>
     </row>
     <row r="6" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="16" t="s">
         <v>55</v>
       </c>
       <c r="B6" s="22">
         <v>3058</v>
       </c>
       <c r="C6" s="22">
         <v>3464</v>
       </c>
       <c r="D6" s="22">
-        <v>3445</v>
+        <v>3444</v>
       </c>
       <c r="E6" s="22">
         <v>3371</v>
       </c>
-      <c r="F6" s="22"/>
-[...2 lines deleted...]
-      <c r="I6" s="22"/>
+      <c r="F6" s="22">
+        <v>3476</v>
+      </c>
+      <c r="G6" s="22">
+        <v>3426</v>
+      </c>
+      <c r="H6" s="22">
+        <v>3523</v>
+      </c>
+      <c r="I6" s="22">
+        <v>3203</v>
+      </c>
       <c r="J6" s="22"/>
       <c r="K6" s="22"/>
       <c r="L6" s="22"/>
       <c r="M6" s="22"/>
       <c r="N6" s="22"/>
       <c r="O6" s="22"/>
       <c r="P6" s="22"/>
       <c r="Q6" s="22"/>
       <c r="R6" s="22"/>
       <c r="S6" s="22"/>
       <c r="T6" s="22"/>
       <c r="U6" s="22"/>
       <c r="V6" s="22"/>
       <c r="W6" s="22"/>
       <c r="X6" s="22"/>
       <c r="Y6" s="22"/>
       <c r="Z6" s="22"/>
       <c r="AA6" s="22"/>
       <c r="AB6" s="22"/>
       <c r="AC6" s="22"/>
       <c r="AD6" s="22"/>
       <c r="AE6" s="22"/>
       <c r="AF6" s="22"/>
       <c r="AG6" s="22"/>
       <c r="AH6" s="22"/>
@@ -10707,54 +10718,62 @@
       <c r="AT6" s="22"/>
       <c r="AU6" s="22"/>
       <c r="AV6" s="22"/>
       <c r="AW6" s="22"/>
       <c r="AX6" s="22"/>
       <c r="AY6" s="22"/>
       <c r="AZ6" s="22"/>
       <c r="BA6" s="22"/>
     </row>
     <row r="7" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="16" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="22">
         <v>133</v>
       </c>
       <c r="C7" s="22">
         <v>160</v>
       </c>
       <c r="D7" s="22">
         <v>120</v>
       </c>
       <c r="E7" s="22">
         <v>107</v>
       </c>
-      <c r="F7" s="22"/>
-[...2 lines deleted...]
-      <c r="I7" s="22"/>
+      <c r="F7" s="22">
+        <v>127</v>
+      </c>
+      <c r="G7" s="22">
+        <v>142</v>
+      </c>
+      <c r="H7" s="22">
+        <v>146</v>
+      </c>
+      <c r="I7" s="22">
+        <v>108</v>
+      </c>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="22"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="22"/>
       <c r="Q7" s="22"/>
       <c r="R7" s="22"/>
       <c r="S7" s="22"/>
       <c r="T7" s="22"/>
       <c r="U7" s="22"/>
       <c r="V7" s="22"/>
       <c r="W7" s="22"/>
       <c r="X7" s="22"/>
       <c r="Y7" s="22"/>
       <c r="Z7" s="22"/>
       <c r="AA7" s="22"/>
       <c r="AB7" s="22"/>
       <c r="AC7" s="22"/>
       <c r="AD7" s="22"/>
       <c r="AE7" s="22"/>
       <c r="AF7" s="22"/>
       <c r="AG7" s="22"/>
       <c r="AH7" s="22"/>
@@ -10767,59 +10786,67 @@
       <c r="AO7" s="22"/>
       <c r="AP7" s="22"/>
       <c r="AQ7" s="22"/>
       <c r="AR7" s="22"/>
       <c r="AS7" s="22"/>
       <c r="AT7" s="22"/>
       <c r="AU7" s="22"/>
       <c r="AV7" s="22"/>
       <c r="AW7" s="22"/>
       <c r="AX7" s="22"/>
       <c r="AY7" s="22"/>
       <c r="AZ7" s="22"/>
       <c r="BA7" s="22"/>
     </row>
     <row r="8" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="16" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="23">
         <v>0.72660000000000002</v>
       </c>
       <c r="C8" s="23">
         <v>0.7107</v>
       </c>
       <c r="D8" s="23">
-        <v>0.75039999999999996</v>
+        <v>0.75060000000000004</v>
       </c>
       <c r="E8" s="23">
         <v>0.75560000000000005</v>
       </c>
-      <c r="F8" s="23"/>
-[...2 lines deleted...]
-      <c r="I8" s="23"/>
+      <c r="F8" s="23">
+        <v>0.74880000000000002</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0.72589999999999999</v>
+      </c>
+      <c r="H8" s="23">
+        <v>0.70740000000000003</v>
+      </c>
+      <c r="I8" s="23">
+        <v>0.75960000000000005</v>
+      </c>
       <c r="J8" s="23"/>
       <c r="K8" s="23"/>
       <c r="L8" s="23"/>
       <c r="M8" s="23"/>
       <c r="N8" s="23"/>
       <c r="O8" s="23"/>
       <c r="P8" s="23"/>
       <c r="Q8" s="23"/>
       <c r="R8" s="23"/>
       <c r="S8" s="23"/>
       <c r="T8" s="23"/>
       <c r="U8" s="23"/>
       <c r="V8" s="23"/>
       <c r="W8" s="23"/>
       <c r="X8" s="23"/>
       <c r="Y8" s="23"/>
       <c r="Z8" s="23"/>
       <c r="AA8" s="23"/>
       <c r="AB8" s="23"/>
       <c r="AC8" s="23"/>
       <c r="AD8" s="23"/>
       <c r="AE8" s="23"/>
       <c r="AF8" s="23"/>
       <c r="AG8" s="23"/>
       <c r="AH8" s="23"/>
@@ -10837,54 +10864,62 @@
       <c r="AT8" s="23"/>
       <c r="AU8" s="23"/>
       <c r="AV8" s="23"/>
       <c r="AW8" s="23"/>
       <c r="AX8" s="23"/>
       <c r="AY8" s="23"/>
       <c r="AZ8" s="23"/>
       <c r="BA8" s="23"/>
     </row>
     <row r="9" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="17" t="s">
         <v>58</v>
       </c>
       <c r="B9" s="24">
         <v>294</v>
       </c>
       <c r="C9" s="24">
         <v>267</v>
       </c>
       <c r="D9" s="24">
         <v>295</v>
       </c>
       <c r="E9" s="24">
         <v>305</v>
       </c>
-      <c r="F9" s="24"/>
-[...2 lines deleted...]
-      <c r="I9" s="24"/>
+      <c r="F9" s="24">
+        <v>281</v>
+      </c>
+      <c r="G9" s="24">
+        <v>321</v>
+      </c>
+      <c r="H9" s="24">
+        <v>315</v>
+      </c>
+      <c r="I9" s="24">
+        <v>288</v>
+      </c>
       <c r="J9" s="24"/>
       <c r="K9" s="24"/>
       <c r="L9" s="24"/>
       <c r="M9" s="24"/>
       <c r="N9" s="24"/>
       <c r="O9" s="24"/>
       <c r="P9" s="24"/>
       <c r="Q9" s="24"/>
       <c r="R9" s="24"/>
       <c r="S9" s="24"/>
       <c r="T9" s="24"/>
       <c r="U9" s="24"/>
       <c r="V9" s="24"/>
       <c r="W9" s="24"/>
       <c r="X9" s="24"/>
       <c r="Y9" s="24"/>
       <c r="Z9" s="24"/>
       <c r="AA9" s="24"/>
       <c r="AB9" s="24"/>
       <c r="AC9" s="24"/>
       <c r="AD9" s="24"/>
       <c r="AE9" s="24"/>
       <c r="AF9" s="24"/>
       <c r="AG9" s="24"/>
       <c r="AH9" s="24"/>
@@ -10902,54 +10937,62 @@
       <c r="AT9" s="24"/>
       <c r="AU9" s="24"/>
       <c r="AV9" s="24"/>
       <c r="AW9" s="24"/>
       <c r="AX9" s="24"/>
       <c r="AY9" s="24"/>
       <c r="AZ9" s="24"/>
       <c r="BA9" s="24"/>
     </row>
     <row r="10" spans="1:73" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="24">
         <v>110</v>
       </c>
       <c r="C10" s="24">
         <v>78</v>
       </c>
       <c r="D10" s="24">
         <v>103</v>
       </c>
       <c r="E10" s="24">
         <v>97</v>
       </c>
-      <c r="F10" s="24"/>
-[...2 lines deleted...]
-      <c r="I10" s="24"/>
+      <c r="F10" s="24">
+        <v>99</v>
+      </c>
+      <c r="G10" s="24">
+        <v>121</v>
+      </c>
+      <c r="H10" s="24">
+        <v>106</v>
+      </c>
+      <c r="I10" s="24">
+        <v>109</v>
+      </c>
       <c r="J10" s="24"/>
       <c r="K10" s="24"/>
       <c r="L10" s="24"/>
       <c r="M10" s="24"/>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="24"/>
       <c r="Q10" s="24"/>
       <c r="R10" s="24"/>
       <c r="S10" s="24"/>
       <c r="T10" s="24"/>
       <c r="U10" s="24"/>
       <c r="V10" s="24"/>
       <c r="W10" s="24"/>
       <c r="X10" s="24"/>
       <c r="Y10" s="24"/>
       <c r="Z10" s="24"/>
       <c r="AA10" s="24"/>
       <c r="AB10" s="24"/>
       <c r="AC10" s="24"/>
       <c r="AD10" s="24"/>
       <c r="AE10" s="24"/>
       <c r="AF10" s="24"/>
       <c r="AG10" s="24"/>
       <c r="AH10" s="24"/>
@@ -11071,62 +11114,70 @@
       <c r="AL12" s="22"/>
       <c r="AM12" s="22"/>
       <c r="AN12" s="22"/>
       <c r="AO12" s="22"/>
       <c r="AP12" s="22"/>
       <c r="AQ12" s="22"/>
       <c r="AR12" s="22"/>
       <c r="AS12" s="22"/>
       <c r="AT12" s="22"/>
       <c r="AU12" s="22"/>
       <c r="AV12" s="22"/>
       <c r="AW12" s="22"/>
       <c r="AX12" s="22"/>
       <c r="AY12" s="22"/>
       <c r="AZ12" s="22"/>
       <c r="BA12" s="22"/>
     </row>
     <row r="13" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16" t="s">
         <v>61</v>
       </c>
       <c r="B13" s="22">
         <v>1153</v>
       </c>
       <c r="C13" s="22">
-        <v>1816</v>
+        <v>1834</v>
       </c>
       <c r="D13" s="22">
-        <v>1810</v>
+        <v>1928</v>
       </c>
       <c r="E13" s="22">
-        <v>1809</v>
-[...4 lines deleted...]
-      <c r="I13" s="22"/>
+        <v>2028</v>
+      </c>
+      <c r="F13" s="22">
+        <v>2157</v>
+      </c>
+      <c r="G13" s="22">
+        <v>2047</v>
+      </c>
+      <c r="H13" s="22">
+        <v>1782</v>
+      </c>
+      <c r="I13" s="22">
+        <v>1861</v>
+      </c>
       <c r="J13" s="22"/>
       <c r="K13" s="22"/>
       <c r="L13" s="22"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="22"/>
       <c r="Q13" s="22"/>
       <c r="R13" s="22"/>
       <c r="S13" s="22"/>
       <c r="T13" s="22"/>
       <c r="U13" s="22"/>
       <c r="V13" s="22"/>
       <c r="W13" s="22"/>
       <c r="X13" s="22"/>
       <c r="Y13" s="22"/>
       <c r="Z13" s="22"/>
       <c r="AA13" s="22"/>
       <c r="AB13" s="22"/>
       <c r="AC13" s="22"/>
       <c r="AD13" s="22"/>
       <c r="AE13" s="22"/>
       <c r="AF13" s="22"/>
       <c r="AG13" s="22"/>
       <c r="AH13" s="22"/>
@@ -11136,62 +11187,70 @@
       <c r="AL13" s="22"/>
       <c r="AM13" s="22"/>
       <c r="AN13" s="22"/>
       <c r="AO13" s="22"/>
       <c r="AP13" s="22"/>
       <c r="AQ13" s="22"/>
       <c r="AR13" s="22"/>
       <c r="AS13" s="22"/>
       <c r="AT13" s="22"/>
       <c r="AU13" s="22"/>
       <c r="AV13" s="22"/>
       <c r="AW13" s="22"/>
       <c r="AX13" s="22"/>
       <c r="AY13" s="22"/>
       <c r="AZ13" s="22"/>
       <c r="BA13" s="22"/>
     </row>
     <row r="14" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="16" t="s">
         <v>62</v>
       </c>
       <c r="B14" s="22">
         <v>136</v>
       </c>
       <c r="C14" s="22">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D14" s="22">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E14" s="22">
-        <v>177</v>
-[...4 lines deleted...]
-      <c r="I14" s="22"/>
+        <v>182</v>
+      </c>
+      <c r="F14" s="22">
+        <v>169</v>
+      </c>
+      <c r="G14" s="22">
+        <v>170</v>
+      </c>
+      <c r="H14" s="22">
+        <v>226</v>
+      </c>
+      <c r="I14" s="22">
+        <v>271</v>
+      </c>
       <c r="J14" s="22"/>
       <c r="K14" s="22"/>
       <c r="L14" s="22"/>
       <c r="M14" s="22"/>
       <c r="N14" s="22"/>
       <c r="O14" s="22"/>
       <c r="P14" s="22"/>
       <c r="Q14" s="22"/>
       <c r="R14" s="22"/>
       <c r="S14" s="22"/>
       <c r="T14" s="22"/>
       <c r="U14" s="22"/>
       <c r="V14" s="22"/>
       <c r="W14" s="22"/>
       <c r="X14" s="22"/>
       <c r="Y14" s="22"/>
       <c r="Z14" s="22"/>
       <c r="AA14" s="22"/>
       <c r="AB14" s="22"/>
       <c r="AC14" s="22"/>
       <c r="AD14" s="22"/>
       <c r="AE14" s="22"/>
       <c r="AF14" s="22"/>
       <c r="AG14" s="22"/>
       <c r="AH14" s="22"/>
@@ -11201,62 +11260,70 @@
       <c r="AL14" s="22"/>
       <c r="AM14" s="22"/>
       <c r="AN14" s="22"/>
       <c r="AO14" s="22"/>
       <c r="AP14" s="22"/>
       <c r="AQ14" s="22"/>
       <c r="AR14" s="22"/>
       <c r="AS14" s="22"/>
       <c r="AT14" s="22"/>
       <c r="AU14" s="22"/>
       <c r="AV14" s="22"/>
       <c r="AW14" s="22"/>
       <c r="AX14" s="22"/>
       <c r="AY14" s="22"/>
       <c r="AZ14" s="22"/>
       <c r="BA14" s="22"/>
     </row>
     <row r="15" spans="1:73" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B15" s="23">
         <v>0.1055</v>
       </c>
       <c r="C15" s="23">
-        <v>0.115</v>
+        <v>0.11360000000000001</v>
       </c>
       <c r="D15" s="23">
-        <v>9.6799999999999997E-2</v>
+        <v>9.2700000000000005E-2</v>
       </c>
       <c r="E15" s="23">
-        <v>8.9099999999999999E-2</v>
-[...4 lines deleted...]
-      <c r="I15" s="23"/>
+        <v>8.2400000000000001E-2</v>
+      </c>
+      <c r="F15" s="23">
+        <v>7.2700000000000001E-2</v>
+      </c>
+      <c r="G15" s="23">
+        <v>7.6700000000000004E-2</v>
+      </c>
+      <c r="H15" s="23">
+        <v>0.1125</v>
+      </c>
+      <c r="I15" s="23">
+        <v>0.12709999999999999</v>
+      </c>
       <c r="J15" s="23"/>
       <c r="K15" s="23"/>
       <c r="L15" s="23"/>
       <c r="M15" s="23"/>
       <c r="N15" s="23"/>
       <c r="O15" s="23"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="23"/>
       <c r="R15" s="23"/>
       <c r="S15" s="23"/>
       <c r="T15" s="23"/>
       <c r="U15" s="23"/>
       <c r="V15" s="23"/>
       <c r="W15" s="23"/>
       <c r="X15" s="23"/>
       <c r="Y15" s="23"/>
       <c r="Z15" s="23"/>
       <c r="AA15" s="23"/>
       <c r="AB15" s="23"/>
       <c r="AC15" s="23"/>
       <c r="AD15" s="23"/>
       <c r="AE15" s="23"/>
       <c r="AF15" s="23"/>
       <c r="AG15" s="23"/>
       <c r="AH15" s="23"/>